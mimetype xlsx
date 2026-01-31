--- v0 (2025-12-15)
+++ v1 (2026-01-31)
@@ -2,166 +2,173 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\DEPO.ES\DEPO\USUARIOS\bibiana.redondo\Escritorio\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\NOMINA y SEG_SOCIAL\CARPETA control empleados\_TRANSPARENCIA_Luis Feijoo\2023_Luis López\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5122EFDF-ADF1-47C9-9E96-1F1974176130}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12225"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12225" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Modelo Oficial 2025" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Modelo Oficial 2025'!$A$9:$IC$9</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="M54" i="4" l="1"/>
+  <c r="M60" i="4" l="1"/>
+  <c r="M55" i="4"/>
+  <c r="M50" i="4"/>
   <c r="M51" i="4"/>
+  <c r="M52" i="4"/>
+  <c r="M53" i="4"/>
+  <c r="M49" i="4"/>
+  <c r="M47" i="4"/>
+  <c r="M33" i="4"/>
+  <c r="M34" i="4"/>
+  <c r="M35" i="4"/>
+  <c r="M36" i="4"/>
+  <c r="M37" i="4"/>
+  <c r="M38" i="4"/>
+  <c r="M39" i="4"/>
+  <c r="M40" i="4"/>
+  <c r="M41" i="4"/>
+  <c r="M42" i="4"/>
   <c r="M43" i="4"/>
-  <c r="M12" i="4"/>
-[...7 lines deleted...]
-  <c r="M24" i="4"/>
+  <c r="M44" i="4"/>
+  <c r="M45" i="4"/>
+  <c r="M32" i="4"/>
+  <c r="M30" i="4"/>
+  <c r="M28" i="4"/>
+  <c r="M27" i="4"/>
+  <c r="M25" i="4"/>
   <c r="M14" i="4"/>
   <c r="M15" i="4"/>
   <c r="M16" i="4"/>
   <c r="M17" i="4"/>
   <c r="M18" i="4"/>
   <c r="M19" i="4"/>
   <c r="M20" i="4"/>
   <c r="M21" i="4"/>
   <c r="M22" i="4"/>
   <c r="M23" i="4"/>
   <c r="M13" i="4"/>
-  <c r="M33" i="4"/>
-[...9 lines deleted...]
-  <c r="M47" i="4"/>
+  <c r="M10" i="4"/>
+  <c r="M59" i="4"/>
+  <c r="M29" i="4"/>
+  <c r="M46" i="4"/>
+  <c r="M58" i="4"/>
+  <c r="M57" i="4"/>
+  <c r="M56" i="4"/>
+  <c r="M54" i="4" l="1"/>
+  <c r="M12" i="4"/>
+  <c r="M11" i="4" l="1"/>
+  <c r="M24" i="4"/>
   <c r="M48" i="4"/>
-  <c r="M49" i="4"/>
-[...1 lines deleted...]
-  <c r="M44" i="4"/>
   <c r="M31" i="4" l="1"/>
-  <c r="M29" i="4"/>
   <c r="M26" i="4"/>
-  <c r="M28" i="4" l="1"/>
-[...2 lines deleted...]
-  <c r="M30" i="4" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
-<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Nicole Álvarez Civeira</author>
   </authors>
   <commentList>
-    <comment ref="C10" authorId="0" shapeId="0">
+    <comment ref="C10" authorId="0" shapeId="0" xr:uid="{7B93FC64-6035-43CC-8EDB-97A98C2A11A4}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
-            <charset val="1"/>
+            <family val="2"/>
           </rPr>
           <t>validación</t>
         </r>
       </text>
     </comment>
-    <comment ref="C15" authorId="0" shapeId="0">
+    <comment ref="C15" authorId="0" shapeId="0" xr:uid="{A05E822E-CA63-4A56-B815-77E7402D51C4}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
-            <charset val="1"/>
+            <family val="2"/>
           </rPr>
           <t>validación</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="238" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="274" uniqueCount="114">
   <si>
     <t xml:space="preserve">Persoa interesada </t>
   </si>
   <si>
     <t>Cargo</t>
   </si>
   <si>
     <t>Datas</t>
   </si>
   <si>
     <t>Concepto</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Desprazamentos</t>
   </si>
   <si>
     <t>Dietas</t>
   </si>
   <si>
@@ -447,89 +454,116 @@
   <si>
     <t>7 ao 9 de outubro</t>
   </si>
   <si>
     <t>Asistencia á V Convención TURESPAÑA</t>
   </si>
   <si>
     <t>Asistencia ao FORUM EUROPA</t>
   </si>
   <si>
     <t>15 ao 16 Outubro</t>
   </si>
   <si>
     <t>17 de Setembro</t>
   </si>
   <si>
     <t>Asistencia á EUROPEAN WEEK OF REGIONS AND CITIES</t>
   </si>
   <si>
     <t>13 ao 15 de Outubro</t>
   </si>
   <si>
     <t>Bruselas</t>
   </si>
   <si>
-    <t>Actualizado a 26 de novembro de 2025</t>
+    <t>Asistencia aos Workshops e presentación do destino Rías Baixas</t>
+  </si>
+  <si>
+    <t>Zaragoza e Barcelona</t>
+  </si>
+  <si>
+    <t>29 e 30 Outubro</t>
+  </si>
+  <si>
+    <t>4 ao 6 Novembro</t>
+  </si>
+  <si>
+    <t>Asistencia á Feira World Trade Market (WTM)</t>
+  </si>
+  <si>
+    <t>Asistencia á reunión co Administrador de Infraestructuras (ADIF)</t>
+  </si>
+  <si>
+    <t>18 de Novembro</t>
+  </si>
+  <si>
+    <t>24 ao 30 Novembro</t>
+  </si>
+  <si>
+    <t>Asistencia á Campaña de Promoción do Destino Turístico Rías Baixas</t>
+  </si>
+  <si>
+    <t>Actualizado a 26 de decembro de 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="8" formatCode="#,##0.00\ &quot;€&quot;;[Red]\-#,##0.00\ &quot;€&quot;"/>
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
   <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C0006"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
-      <charset val="1"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -663,51 +697,51 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF667667"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="45">
+  <borders count="40">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
@@ -941,65 +975,50 @@
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...13 lines deleted...]
-    <border>
       <left/>
       <right style="medium">
         <color rgb="FF667667"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color rgb="FF667667"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color rgb="FF667667"/>
       </right>
       <top style="medium">
         <color rgb="FF667667"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
@@ -1052,137 +1071,74 @@
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom style="medium">
-[...37 lines deleted...]
-      <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFB2B2B2"/>
       </left>
       <right style="thin">
         <color rgb="FFB2B2B2"/>
       </right>
       <top style="thin">
         <color rgb="FFB2B2B2"/>
       </top>
       <bottom style="thin">
         <color rgb="FFB2B2B2"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="medium">
-[...22 lines deleted...]
-      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -1253,427 +1209,443 @@
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
+      <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="medium">
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="medium">
+      <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="17" fillId="10" borderId="32" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="10" borderId="28" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="123">
+  <cellXfs count="124">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="8" fontId="0" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="27" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="5" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="2" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="0" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="2" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="0" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="5" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="2" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="8" fontId="0" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="7" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="8" fontId="0" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="5" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="8" fontId="2" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="8" fontId="0" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="5" fillId="8" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="5" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="8" fontId="6" fillId="4" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="5" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="8" fontId="2" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="8" fontId="0" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="8" fontId="6" fillId="4" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...35 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="5" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="8" fontId="2" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="36" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="6" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="14" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="14" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="15" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="15" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="38" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="8" fontId="0" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="5" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="8" fontId="2" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="8" fontId="0" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="38" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="32" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="8" fontId="0" fillId="0" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="8" fontId="0" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="8" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="8" fontId="7" fillId="4" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="8" fontId="7" fillId="4" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="7" fillId="4" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="8" fontId="7" fillId="4" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="8" fontId="7" fillId="4" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="16" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="8" fontId="7" fillId="4" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="8" fontId="7" fillId="4" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="8" fontId="7" fillId="4" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="8" fontId="7" fillId="4" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="8" fontId="7" fillId="4" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="8" fontId="7" fillId="4" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="14" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="14" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="5" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Incorrecto" xfId="1" builtinId="27"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Notas" xfId="2" builtinId="10"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF008000"/>
       <color rgb="FF667667"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
@@ -1684,51 +1656,51 @@
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>133350</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>152400</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Imagen 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{114E4238-752F-40D3-822A-078A82FF38C7}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{114E4238-752F-40D3-822A-078A82FF38C7}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="219075" y="133350"/>
           <a:ext cx="1866900" cy="590550"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
@@ -1977,285 +1949,285 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:IC74"/>
+  <dimension ref="A1:IC80"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B8" sqref="B8:B9"/>
+    <sheetView tabSelected="1" topLeftCell="A4" workbookViewId="0">
+      <selection activeCell="M60" sqref="M60"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="14.28515625" style="4" customWidth="1"/>
     <col min="3" max="3" width="12" style="4" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="33.5703125" style="47" customWidth="1"/>
+    <col min="4" max="4" width="33.5703125" style="45" customWidth="1"/>
     <col min="5" max="5" width="13.28515625" style="4" customWidth="1"/>
     <col min="6" max="6" width="8.7109375" style="8" customWidth="1"/>
     <col min="7" max="7" width="53.7109375" style="4" customWidth="1"/>
     <col min="8" max="8" width="11.42578125" style="4"/>
     <col min="9" max="9" width="13.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="14.85546875" style="4" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="14.42578125" style="4" customWidth="1"/>
     <col min="13" max="13" width="14.5703125" style="7" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="13.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="15" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:237" x14ac:dyDescent="0.25">
       <c r="A1" s="2"/>
-      <c r="B1" s="26"/>
-[...2 lines deleted...]
-      <c r="E1" s="97" t="s">
+      <c r="B1" s="25"/>
+      <c r="C1" s="90"/>
+      <c r="D1" s="90"/>
+      <c r="E1" s="91" t="s">
         <v>14</v>
       </c>
-      <c r="F1" s="97"/>
-[...6 lines deleted...]
-      <c r="M1" s="28"/>
+      <c r="F1" s="91"/>
+      <c r="G1" s="91"/>
+      <c r="H1" s="91"/>
+      <c r="I1" s="26"/>
+      <c r="J1" s="26"/>
+      <c r="K1" s="26"/>
+      <c r="L1" s="26"/>
+      <c r="M1" s="27"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
     </row>
     <row r="2" spans="1:237" x14ac:dyDescent="0.25">
       <c r="A2" s="2"/>
-      <c r="B2" s="26"/>
-[...10 lines deleted...]
-      <c r="M2" s="28"/>
+      <c r="B2" s="25"/>
+      <c r="C2" s="26"/>
+      <c r="D2" s="28"/>
+      <c r="E2" s="91"/>
+      <c r="F2" s="91"/>
+      <c r="G2" s="91"/>
+      <c r="H2" s="91"/>
+      <c r="I2" s="26"/>
+      <c r="J2" s="26"/>
+      <c r="K2" s="26"/>
+      <c r="L2" s="26"/>
+      <c r="M2" s="27"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
     </row>
     <row r="3" spans="1:237" x14ac:dyDescent="0.25">
       <c r="A3" s="2"/>
-      <c r="B3" s="26"/>
-[...10 lines deleted...]
-      <c r="M3" s="28"/>
+      <c r="B3" s="25"/>
+      <c r="C3" s="26"/>
+      <c r="D3" s="28"/>
+      <c r="E3" s="91"/>
+      <c r="F3" s="91"/>
+      <c r="G3" s="91"/>
+      <c r="H3" s="91"/>
+      <c r="I3" s="26"/>
+      <c r="J3" s="26"/>
+      <c r="K3" s="26"/>
+      <c r="L3" s="26"/>
+      <c r="M3" s="27"/>
       <c r="N3" s="2"/>
       <c r="O3" s="2"/>
       <c r="P3" s="2"/>
       <c r="Q3" s="2"/>
     </row>
     <row r="4" spans="1:237" x14ac:dyDescent="0.25">
       <c r="A4" s="2"/>
-      <c r="B4" s="26"/>
-[...10 lines deleted...]
-      <c r="M4" s="28"/>
+      <c r="B4" s="25"/>
+      <c r="C4" s="26"/>
+      <c r="D4" s="28"/>
+      <c r="E4" s="26"/>
+      <c r="F4" s="26"/>
+      <c r="G4" s="26"/>
+      <c r="H4" s="26"/>
+      <c r="I4" s="26"/>
+      <c r="J4" s="26"/>
+      <c r="K4" s="26"/>
+      <c r="L4" s="26"/>
+      <c r="M4" s="27"/>
       <c r="N4" s="2"/>
       <c r="O4" s="2"/>
       <c r="P4" s="2"/>
       <c r="Q4" s="2"/>
     </row>
     <row r="5" spans="1:237" x14ac:dyDescent="0.25">
       <c r="A5" s="2"/>
-      <c r="B5" s="26"/>
-[...6 lines deleted...]
-      <c r="I5" s="30" t="s">
+      <c r="B5" s="25"/>
+      <c r="C5" s="26"/>
+      <c r="D5" s="28"/>
+      <c r="E5" s="26"/>
+      <c r="F5" s="26"/>
+      <c r="G5" s="26"/>
+      <c r="H5" s="26"/>
+      <c r="I5" s="29" t="s">
         <v>20</v>
       </c>
-      <c r="J5" s="30"/>
-      <c r="K5" s="30" t="s">
+      <c r="J5" s="29"/>
+      <c r="K5" s="29" t="s">
         <v>21</v>
       </c>
-      <c r="L5" s="27"/>
-      <c r="M5" s="28"/>
+      <c r="L5" s="26"/>
+      <c r="M5" s="27"/>
       <c r="N5" s="2"/>
       <c r="O5" s="2"/>
       <c r="P5" s="2"/>
       <c r="Q5" s="2"/>
     </row>
     <row r="6" spans="1:237" ht="9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="2"/>
-      <c r="B6" s="26"/>
-[...10 lines deleted...]
-      <c r="M6" s="28"/>
+      <c r="B6" s="25"/>
+      <c r="C6" s="26"/>
+      <c r="D6" s="28"/>
+      <c r="E6" s="26"/>
+      <c r="F6" s="26"/>
+      <c r="G6" s="26"/>
+      <c r="H6" s="26"/>
+      <c r="I6" s="26"/>
+      <c r="J6" s="26"/>
+      <c r="K6" s="26"/>
+      <c r="L6" s="26"/>
+      <c r="M6" s="27"/>
       <c r="N6" s="2"/>
       <c r="O6" s="2"/>
       <c r="P6" s="2"/>
       <c r="Q6" s="2"/>
     </row>
     <row r="7" spans="1:237" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="2"/>
-      <c r="B7" s="106" t="s">
+      <c r="B7" s="100" t="s">
         <v>44</v>
       </c>
-      <c r="C7" s="107"/>
-[...9 lines deleted...]
-      <c r="M7" s="108"/>
+      <c r="C7" s="101"/>
+      <c r="D7" s="101"/>
+      <c r="E7" s="101"/>
+      <c r="F7" s="101"/>
+      <c r="G7" s="101"/>
+      <c r="H7" s="101"/>
+      <c r="I7" s="101"/>
+      <c r="J7" s="101"/>
+      <c r="K7" s="101"/>
+      <c r="L7" s="101"/>
+      <c r="M7" s="102"/>
       <c r="N7" s="2"/>
       <c r="O7" s="2"/>
       <c r="P7" s="2"/>
       <c r="Q7" s="2"/>
     </row>
     <row r="8" spans="1:237" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="2"/>
-      <c r="B8" s="104" t="s">
+      <c r="B8" s="98" t="s">
         <v>12</v>
       </c>
-      <c r="C8" s="98" t="s">
+      <c r="C8" s="92" t="s">
         <v>8</v>
       </c>
-      <c r="D8" s="100" t="s">
+      <c r="D8" s="94" t="s">
         <v>0</v>
       </c>
-      <c r="E8" s="98" t="s">
+      <c r="E8" s="92" t="s">
         <v>1</v>
       </c>
-      <c r="F8" s="102" t="s">
+      <c r="F8" s="96" t="s">
         <v>2</v>
       </c>
-      <c r="G8" s="98" t="s">
+      <c r="G8" s="92" t="s">
         <v>3</v>
       </c>
-      <c r="H8" s="98" t="s">
+      <c r="H8" s="92" t="s">
         <v>4</v>
       </c>
-      <c r="I8" s="113" t="s">
+      <c r="I8" s="107" t="s">
         <v>7</v>
       </c>
-      <c r="J8" s="113"/>
-      <c r="K8" s="91" t="s">
+      <c r="J8" s="107"/>
+      <c r="K8" s="85" t="s">
         <v>6</v>
       </c>
-      <c r="L8" s="109" t="s">
+      <c r="L8" s="103" t="s">
         <v>23</v>
       </c>
-      <c r="M8" s="111" t="s">
+      <c r="M8" s="105" t="s">
         <v>5</v>
       </c>
       <c r="N8" s="2"/>
       <c r="O8" s="2"/>
       <c r="P8" s="2"/>
       <c r="Q8" s="2"/>
     </row>
     <row r="9" spans="1:237" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="2"/>
-      <c r="B9" s="105"/>
-[...6 lines deleted...]
-      <c r="I9" s="31" t="s">
+      <c r="B9" s="99"/>
+      <c r="C9" s="93"/>
+      <c r="D9" s="95"/>
+      <c r="E9" s="93"/>
+      <c r="F9" s="97"/>
+      <c r="G9" s="93"/>
+      <c r="H9" s="93"/>
+      <c r="I9" s="81" t="s">
         <v>10</v>
       </c>
-      <c r="J9" s="31" t="s">
+      <c r="J9" s="81" t="s">
         <v>9</v>
       </c>
-      <c r="K9" s="92"/>
-[...1 lines deleted...]
-      <c r="M9" s="112"/>
+      <c r="K9" s="86"/>
+      <c r="L9" s="104"/>
+      <c r="M9" s="106"/>
       <c r="N9" s="2"/>
       <c r="O9" s="2"/>
       <c r="P9" s="2"/>
       <c r="Q9" s="2"/>
     </row>
-    <row r="10" spans="1:237" s="32" customFormat="1" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:237" s="30" customFormat="1" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="2"/>
       <c r="B10" s="11">
         <v>2025002452</v>
       </c>
       <c r="C10" s="12" t="s">
         <v>18</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>92</v>
       </c>
       <c r="E10" s="13" t="s">
         <v>17</v>
       </c>
       <c r="F10" s="14" t="s">
         <v>25</v>
       </c>
       <c r="G10" s="12" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="12" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="15">
         <v>186.69</v>
       </c>
@@ -2473,84 +2445,84 @@
       <c r="HF10" s="1"/>
       <c r="HG10" s="1"/>
       <c r="HH10" s="1"/>
       <c r="HI10" s="1"/>
       <c r="HJ10" s="1"/>
       <c r="HK10" s="1"/>
       <c r="HL10" s="1"/>
       <c r="HM10" s="1"/>
       <c r="HN10" s="1"/>
       <c r="HO10" s="1"/>
       <c r="HP10" s="1"/>
       <c r="HQ10" s="1"/>
       <c r="HR10" s="1"/>
       <c r="HS10" s="1"/>
       <c r="HT10" s="1"/>
       <c r="HU10" s="1"/>
       <c r="HV10" s="1"/>
       <c r="HW10" s="1"/>
       <c r="HX10" s="1"/>
       <c r="HY10" s="1"/>
       <c r="HZ10" s="1"/>
       <c r="IA10" s="1"/>
       <c r="IB10" s="1"/>
       <c r="IC10" s="1"/>
     </row>
-    <row r="11" spans="1:237" s="32" customFormat="1" ht="36.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:237" s="30" customFormat="1" ht="36.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="2"/>
-      <c r="B11" s="49">
+      <c r="B11" s="47">
         <v>2025012614</v>
       </c>
       <c r="C11" s="21" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>92</v>
       </c>
       <c r="E11" s="22" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="23" t="s">
         <v>36</v>
       </c>
       <c r="G11" s="21" t="s">
         <v>37</v>
       </c>
       <c r="H11" s="21" t="s">
         <v>38</v>
       </c>
       <c r="I11" s="24">
         <v>80.010000000000005</v>
       </c>
       <c r="J11" s="24">
         <v>139</v>
       </c>
       <c r="K11" s="24">
         <v>580.15</v>
       </c>
       <c r="L11" s="24"/>
-      <c r="M11" s="80">
+      <c r="M11" s="76">
         <f>SUM(I11:L11)</f>
         <v>799.16</v>
       </c>
       <c r="N11" s="2"/>
       <c r="O11" s="2"/>
       <c r="P11" s="2"/>
       <c r="Q11" s="2"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
       <c r="X11" s="1"/>
       <c r="Y11" s="1"/>
       <c r="Z11" s="1"/>
       <c r="AA11" s="1"/>
       <c r="AB11" s="1"/>
       <c r="AC11" s="1"/>
       <c r="AD11" s="1"/>
       <c r="AE11" s="1"/>
       <c r="AF11" s="1"/>
       <c r="AG11" s="1"/>
       <c r="AH11" s="1"/>
       <c r="AI11" s="1"/>
@@ -2737,1801 +2709,2049 @@
       <c r="HH11" s="1"/>
       <c r="HI11" s="1"/>
       <c r="HJ11" s="1"/>
       <c r="HK11" s="1"/>
       <c r="HL11" s="1"/>
       <c r="HM11" s="1"/>
       <c r="HN11" s="1"/>
       <c r="HO11" s="1"/>
       <c r="HP11" s="1"/>
       <c r="HQ11" s="1"/>
       <c r="HR11" s="1"/>
       <c r="HS11" s="1"/>
       <c r="HT11" s="1"/>
       <c r="HU11" s="1"/>
       <c r="HV11" s="1"/>
       <c r="HW11" s="1"/>
       <c r="HX11" s="1"/>
       <c r="HY11" s="1"/>
       <c r="HZ11" s="1"/>
       <c r="IA11" s="1"/>
       <c r="IB11" s="1"/>
       <c r="IC11" s="1"/>
     </row>
     <row r="12" spans="1:237" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="2"/>
-      <c r="B12" s="93" t="s">
+      <c r="B12" s="87" t="s">
         <v>13</v>
       </c>
-      <c r="C12" s="94"/>
-[...9 lines deleted...]
-      <c r="M12" s="69">
+      <c r="C12" s="88"/>
+      <c r="D12" s="88"/>
+      <c r="E12" s="88"/>
+      <c r="F12" s="88"/>
+      <c r="G12" s="88"/>
+      <c r="H12" s="88"/>
+      <c r="I12" s="88"/>
+      <c r="J12" s="88"/>
+      <c r="K12" s="88"/>
+      <c r="L12" s="89"/>
+      <c r="M12" s="65">
         <f>SUM(M10:M11)</f>
         <v>2008.5900000000001</v>
       </c>
       <c r="N12" s="2"/>
       <c r="O12" s="2"/>
       <c r="P12" s="2"/>
       <c r="Q12" s="2"/>
     </row>
     <row r="13" spans="1:237" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="2"/>
-      <c r="B13" s="79">
+      <c r="B13" s="75">
         <v>2025002211</v>
       </c>
-      <c r="C13" s="68" t="s">
+      <c r="C13" s="64" t="s">
         <v>18</v>
       </c>
-      <c r="D13" s="78" t="s">
+      <c r="D13" s="74" t="s">
         <v>66</v>
       </c>
-      <c r="E13" s="74" t="s">
+      <c r="E13" s="70" t="s">
         <v>15</v>
       </c>
-      <c r="F13" s="75" t="s">
+      <c r="F13" s="71" t="s">
         <v>46</v>
       </c>
-      <c r="G13" s="68" t="s">
+      <c r="G13" s="64" t="s">
         <v>24</v>
       </c>
-      <c r="H13" s="68" t="s">
+      <c r="H13" s="64" t="s">
         <v>16</v>
       </c>
-      <c r="I13" s="76">
+      <c r="I13" s="72">
         <v>160.02000000000001</v>
       </c>
-      <c r="J13" s="76">
+      <c r="J13" s="72">
         <v>915</v>
       </c>
-      <c r="K13" s="76">
+      <c r="K13" s="72">
         <v>271.45999999999998</v>
       </c>
-      <c r="L13" s="76"/>
-      <c r="M13" s="80">
+      <c r="L13" s="72"/>
+      <c r="M13" s="76">
         <f>K13+L13+I13+J13</f>
         <v>1346.48</v>
       </c>
       <c r="N13" s="2"/>
       <c r="O13" s="2"/>
       <c r="P13" s="2"/>
       <c r="Q13" s="2"/>
     </row>
     <row r="14" spans="1:237" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="2"/>
-      <c r="B14" s="51">
+      <c r="B14" s="49">
         <v>2025012791</v>
       </c>
       <c r="C14" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="D14" s="50" t="s">
+      <c r="D14" s="48" t="s">
         <v>66</v>
       </c>
       <c r="E14" s="18" t="s">
         <v>15</v>
       </c>
-      <c r="F14" s="48" t="s">
+      <c r="F14" s="46" t="s">
         <v>45</v>
       </c>
       <c r="G14" s="17" t="s">
         <v>31</v>
       </c>
       <c r="H14" s="17" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="19">
         <v>53.34</v>
       </c>
       <c r="J14" s="19">
         <v>156</v>
       </c>
       <c r="K14" s="19">
         <v>177.75</v>
       </c>
       <c r="L14" s="19"/>
-      <c r="M14" s="20">
+      <c r="M14" s="76">
         <f t="shared" ref="M14:M23" si="0">K14+L14+I14+J14</f>
         <v>387.09000000000003</v>
       </c>
       <c r="N14" s="2"/>
       <c r="O14" s="2"/>
       <c r="P14" s="2"/>
       <c r="Q14" s="2"/>
     </row>
     <row r="15" spans="1:237" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="2"/>
-      <c r="B15" s="51">
+      <c r="B15" s="49">
         <v>2025008413</v>
       </c>
       <c r="C15" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="D15" s="50" t="s">
+      <c r="D15" s="48" t="s">
         <v>66</v>
       </c>
       <c r="E15" s="18" t="s">
         <v>15</v>
       </c>
-      <c r="F15" s="48" t="s">
+      <c r="F15" s="46" t="s">
         <v>80</v>
       </c>
       <c r="G15" s="17" t="s">
         <v>48</v>
       </c>
       <c r="H15" s="17" t="s">
         <v>47</v>
       </c>
       <c r="I15" s="19">
         <v>156.12</v>
       </c>
       <c r="J15" s="19">
         <v>594</v>
       </c>
       <c r="K15" s="19">
         <v>849.31</v>
       </c>
       <c r="L15" s="19">
         <v>80</v>
       </c>
-      <c r="M15" s="20">
+      <c r="M15" s="76">
         <f t="shared" si="0"/>
         <v>1679.4299999999998</v>
       </c>
       <c r="N15" s="2"/>
       <c r="O15" s="2"/>
       <c r="P15" s="2"/>
       <c r="Q15" s="2"/>
     </row>
     <row r="16" spans="1:237" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="2"/>
-      <c r="B16" s="51">
+      <c r="B16" s="49">
         <v>2025023151</v>
       </c>
       <c r="C16" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="D16" s="50" t="s">
+      <c r="D16" s="48" t="s">
         <v>66</v>
       </c>
       <c r="E16" s="18" t="s">
         <v>15</v>
       </c>
-      <c r="F16" s="48" t="s">
+      <c r="F16" s="46" t="s">
         <v>81</v>
       </c>
       <c r="G16" s="17" t="s">
         <v>42</v>
       </c>
       <c r="H16" s="17" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="19">
         <v>53.34</v>
       </c>
       <c r="J16" s="19">
         <v>243</v>
       </c>
       <c r="K16" s="19">
         <v>313.75</v>
       </c>
       <c r="L16" s="19"/>
-      <c r="M16" s="20">
+      <c r="M16" s="76">
         <f t="shared" si="0"/>
         <v>610.09</v>
       </c>
       <c r="N16" s="2"/>
       <c r="O16" s="2"/>
       <c r="P16" s="2"/>
       <c r="Q16" s="2"/>
     </row>
     <row r="17" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="2"/>
-      <c r="B17" s="51">
+      <c r="B17" s="49">
         <v>2025027292</v>
       </c>
       <c r="C17" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="D17" s="50" t="s">
+      <c r="D17" s="48" t="s">
         <v>66</v>
       </c>
       <c r="E17" s="18" t="s">
         <v>15</v>
       </c>
-      <c r="F17" s="48" t="s">
+      <c r="F17" s="46" t="s">
         <v>79</v>
       </c>
       <c r="G17" s="17" t="s">
         <v>49</v>
       </c>
       <c r="H17" s="17" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="19">
         <v>26.67</v>
       </c>
       <c r="J17" s="19"/>
       <c r="K17" s="19">
         <v>432.88</v>
       </c>
       <c r="L17" s="19"/>
-      <c r="M17" s="20">
+      <c r="M17" s="76">
         <f t="shared" si="0"/>
         <v>459.55</v>
       </c>
       <c r="N17" s="2"/>
       <c r="O17" s="2"/>
       <c r="P17" s="2"/>
       <c r="Q17" s="2"/>
     </row>
     <row r="18" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="2"/>
-      <c r="B18" s="51">
+      <c r="B18" s="49">
         <v>2025027312</v>
       </c>
       <c r="C18" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="D18" s="50" t="s">
+      <c r="D18" s="48" t="s">
         <v>66</v>
       </c>
       <c r="E18" s="18" t="s">
         <v>15</v>
       </c>
-      <c r="F18" s="48" t="s">
+      <c r="F18" s="46" t="s">
         <v>78</v>
       </c>
       <c r="G18" s="17" t="s">
         <v>50</v>
       </c>
       <c r="H18" s="17" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="19"/>
       <c r="J18" s="19"/>
       <c r="K18" s="19">
         <v>199.75</v>
       </c>
       <c r="L18" s="19"/>
-      <c r="M18" s="20">
+      <c r="M18" s="76">
         <f t="shared" si="0"/>
         <v>199.75</v>
       </c>
       <c r="N18" s="2"/>
       <c r="O18" s="2"/>
       <c r="P18" s="2"/>
       <c r="Q18" s="2"/>
     </row>
     <row r="19" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="2"/>
-      <c r="B19" s="51">
+      <c r="B19" s="49">
         <v>2025035172</v>
       </c>
       <c r="C19" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="D19" s="50" t="s">
+      <c r="D19" s="48" t="s">
         <v>66</v>
       </c>
       <c r="E19" s="18" t="s">
         <v>15</v>
       </c>
-      <c r="F19" s="48" t="s">
+      <c r="F19" s="46" t="s">
         <v>82</v>
       </c>
       <c r="G19" s="17" t="s">
         <v>54</v>
       </c>
       <c r="H19" s="17" t="s">
         <v>55</v>
       </c>
       <c r="I19" s="19"/>
       <c r="J19" s="19"/>
       <c r="K19" s="19">
         <v>738.46</v>
       </c>
       <c r="L19" s="19"/>
-      <c r="M19" s="20">
+      <c r="M19" s="76">
         <f t="shared" si="0"/>
         <v>738.46</v>
       </c>
       <c r="N19" s="2"/>
       <c r="O19" s="2"/>
       <c r="P19" s="2"/>
       <c r="Q19" s="2"/>
     </row>
     <row r="20" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="2"/>
-      <c r="B20" s="51">
+      <c r="B20" s="49">
         <v>2025043027</v>
       </c>
       <c r="C20" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="D20" s="50" t="s">
+      <c r="D20" s="48" t="s">
         <v>66</v>
       </c>
       <c r="E20" s="18" t="s">
         <v>15</v>
       </c>
-      <c r="F20" s="48" t="s">
+      <c r="F20" s="46" t="s">
         <v>83</v>
       </c>
       <c r="G20" s="17" t="s">
         <v>56</v>
       </c>
       <c r="H20" s="17" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="19">
         <v>26.67</v>
       </c>
       <c r="J20" s="19"/>
       <c r="K20" s="19">
         <v>365.75</v>
       </c>
       <c r="L20" s="19"/>
-      <c r="M20" s="20">
+      <c r="M20" s="76">
         <f t="shared" si="0"/>
         <v>392.42</v>
       </c>
       <c r="N20" s="2"/>
       <c r="O20" s="2"/>
       <c r="P20" s="2"/>
       <c r="Q20" s="2"/>
     </row>
     <row r="21" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="2"/>
-      <c r="B21" s="51">
+      <c r="B21" s="49">
         <v>2025032272</v>
       </c>
       <c r="C21" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="D21" s="50" t="s">
+      <c r="D21" s="48" t="s">
         <v>66</v>
       </c>
       <c r="E21" s="18" t="s">
         <v>15</v>
       </c>
-      <c r="F21" s="48" t="s">
+      <c r="F21" s="46" t="s">
         <v>75</v>
       </c>
       <c r="G21" s="17" t="s">
         <v>57</v>
       </c>
       <c r="H21" s="17" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="19">
         <v>26.67</v>
       </c>
       <c r="J21" s="19"/>
       <c r="K21" s="19">
         <v>377.75</v>
       </c>
       <c r="L21" s="19"/>
-      <c r="M21" s="20">
+      <c r="M21" s="76">
         <f t="shared" si="0"/>
         <v>404.42</v>
       </c>
       <c r="N21" s="2"/>
       <c r="O21" s="2"/>
       <c r="P21" s="2"/>
       <c r="Q21" s="2"/>
     </row>
     <row r="22" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="2"/>
-      <c r="B22" s="51">
+      <c r="B22" s="49">
         <v>2025030390</v>
       </c>
       <c r="C22" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="D22" s="50" t="s">
+      <c r="D22" s="48" t="s">
         <v>66</v>
       </c>
       <c r="E22" s="18" t="s">
         <v>15</v>
       </c>
-      <c r="F22" s="48" t="s">
+      <c r="F22" s="46" t="s">
         <v>74</v>
       </c>
       <c r="G22" s="17" t="s">
         <v>58</v>
       </c>
       <c r="H22" s="17" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="19">
         <v>26.67</v>
       </c>
       <c r="J22" s="19"/>
       <c r="K22" s="19">
         <v>321.75</v>
       </c>
       <c r="L22" s="19"/>
-      <c r="M22" s="20">
+      <c r="M22" s="76">
         <f t="shared" si="0"/>
         <v>348.42</v>
       </c>
       <c r="N22" s="2"/>
       <c r="O22" s="2"/>
       <c r="P22" s="2"/>
       <c r="Q22" s="2"/>
     </row>
     <row r="23" spans="1:17" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="2"/>
-      <c r="B23" s="54">
+      <c r="B23" s="50">
         <v>2025049029</v>
       </c>
-      <c r="C23" s="55" t="s">
+      <c r="C23" s="51" t="s">
         <v>18</v>
       </c>
-      <c r="D23" s="56" t="s">
+      <c r="D23" s="52" t="s">
         <v>66</v>
       </c>
-      <c r="E23" s="57" t="s">
+      <c r="E23" s="53" t="s">
         <v>15</v>
       </c>
-      <c r="F23" s="58" t="s">
+      <c r="F23" s="54" t="s">
         <v>89</v>
       </c>
-      <c r="G23" s="55" t="s">
+      <c r="G23" s="51" t="s">
         <v>56</v>
       </c>
-      <c r="H23" s="55" t="s">
+      <c r="H23" s="51" t="s">
         <v>69</v>
       </c>
-      <c r="I23" s="59">
+      <c r="I23" s="55">
         <v>91.35</v>
       </c>
-      <c r="J23" s="59">
+      <c r="J23" s="55">
         <v>306</v>
       </c>
-      <c r="K23" s="59">
+      <c r="K23" s="55">
         <v>723.57</v>
       </c>
-      <c r="L23" s="59"/>
-      <c r="M23" s="60">
+      <c r="L23" s="55"/>
+      <c r="M23" s="76">
         <f t="shared" si="0"/>
         <v>1120.92</v>
       </c>
       <c r="N23" s="2"/>
       <c r="O23" s="2"/>
       <c r="P23" s="2"/>
       <c r="Q23" s="2"/>
     </row>
     <row r="24" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="2"/>
-      <c r="B24" s="93" t="s">
+      <c r="B24" s="87" t="s">
         <v>13</v>
       </c>
-      <c r="C24" s="94"/>
-[...9 lines deleted...]
-      <c r="M24" s="69">
+      <c r="C24" s="88"/>
+      <c r="D24" s="88"/>
+      <c r="E24" s="88"/>
+      <c r="F24" s="88"/>
+      <c r="G24" s="88"/>
+      <c r="H24" s="88"/>
+      <c r="I24" s="88"/>
+      <c r="J24" s="88"/>
+      <c r="K24" s="88"/>
+      <c r="L24" s="89"/>
+      <c r="M24" s="65">
         <f>SUM(M13:M23)</f>
         <v>7687.0300000000007</v>
       </c>
       <c r="N24" s="2"/>
       <c r="O24" s="2"/>
       <c r="P24" s="2"/>
       <c r="Q24" s="2"/>
     </row>
     <row r="25" spans="1:17" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="2"/>
-      <c r="B25" s="33">
+      <c r="B25" s="31">
         <v>2025002218</v>
       </c>
       <c r="C25" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>91</v>
       </c>
       <c r="E25" s="18" t="s">
         <v>17</v>
       </c>
       <c r="F25" s="14" t="s">
         <v>25</v>
       </c>
       <c r="G25" s="17" t="s">
         <v>24</v>
       </c>
       <c r="H25" s="12" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="19">
         <v>106.68</v>
       </c>
       <c r="J25" s="19">
         <v>640</v>
       </c>
       <c r="K25" s="19">
         <v>342.74</v>
       </c>
       <c r="L25" s="19">
         <v>47.3</v>
       </c>
-      <c r="M25" s="77">
+      <c r="M25" s="73">
         <f>I25+J25+K25+L25</f>
         <v>1136.72</v>
       </c>
       <c r="N25" s="2"/>
       <c r="O25" s="2"/>
       <c r="P25" s="2"/>
       <c r="Q25" s="2"/>
     </row>
     <row r="26" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="2"/>
-      <c r="B26" s="93" t="s">
+      <c r="B26" s="87" t="s">
         <v>13</v>
       </c>
-      <c r="C26" s="94"/>
-[...9 lines deleted...]
-      <c r="M26" s="69">
+      <c r="C26" s="88"/>
+      <c r="D26" s="88"/>
+      <c r="E26" s="88"/>
+      <c r="F26" s="88"/>
+      <c r="G26" s="88"/>
+      <c r="H26" s="88"/>
+      <c r="I26" s="88"/>
+      <c r="J26" s="88"/>
+      <c r="K26" s="88"/>
+      <c r="L26" s="89"/>
+      <c r="M26" s="65">
         <f>M25</f>
         <v>1136.72</v>
       </c>
       <c r="N26" s="2"/>
       <c r="O26" s="2"/>
       <c r="P26" s="2"/>
       <c r="Q26" s="2"/>
     </row>
     <row r="27" spans="1:17" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A27" s="2"/>
-      <c r="B27" s="79">
+      <c r="B27" s="75">
         <v>2025002217</v>
       </c>
-      <c r="C27" s="68" t="s">
+      <c r="C27" s="64" t="s">
         <v>18</v>
       </c>
-      <c r="D27" s="73" t="s">
+      <c r="D27" s="69" t="s">
         <v>67</v>
       </c>
-      <c r="E27" s="74" t="s">
+      <c r="E27" s="70" t="s">
         <v>17</v>
       </c>
-      <c r="F27" s="75" t="s">
+      <c r="F27" s="71" t="s">
         <v>25</v>
       </c>
-      <c r="G27" s="68" t="s">
+      <c r="G27" s="64" t="s">
         <v>24</v>
       </c>
-      <c r="H27" s="68" t="s">
+      <c r="H27" s="64" t="s">
         <v>16</v>
       </c>
-      <c r="I27" s="76">
+      <c r="I27" s="72">
         <v>133.35</v>
       </c>
-      <c r="J27" s="76">
+      <c r="J27" s="72">
         <v>668</v>
       </c>
-      <c r="K27" s="76">
+      <c r="K27" s="72">
         <v>372.34</v>
       </c>
-      <c r="L27" s="76">
+      <c r="L27" s="72">
         <v>47.3</v>
       </c>
-      <c r="M27" s="80">
+      <c r="M27" s="76">
         <f>K27+L27+I27+J27</f>
         <v>1220.99</v>
       </c>
       <c r="N27" s="2"/>
       <c r="O27" s="2"/>
       <c r="P27" s="2"/>
       <c r="Q27" s="2"/>
     </row>
     <row r="28" spans="1:17" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="2"/>
-      <c r="B28" s="54">
+      <c r="B28" s="50">
         <v>2025009847</v>
       </c>
-      <c r="C28" s="55" t="s">
+      <c r="C28" s="51" t="s">
         <v>18</v>
       </c>
-      <c r="D28" s="67" t="s">
+      <c r="D28" s="63" t="s">
         <v>67</v>
       </c>
-      <c r="E28" s="57" t="s">
+      <c r="E28" s="53" t="s">
         <v>17</v>
       </c>
-      <c r="F28" s="58" t="s">
+      <c r="F28" s="54" t="s">
         <v>29</v>
       </c>
-      <c r="G28" s="55" t="s">
+      <c r="G28" s="51" t="s">
         <v>30</v>
       </c>
-      <c r="H28" s="55" t="s">
+      <c r="H28" s="51" t="s">
         <v>16</v>
       </c>
-      <c r="I28" s="59">
+      <c r="I28" s="55">
         <v>53.34</v>
       </c>
-      <c r="J28" s="59">
+      <c r="J28" s="55">
         <v>240</v>
       </c>
-      <c r="K28" s="59">
+      <c r="K28" s="55">
         <v>137.75</v>
       </c>
-      <c r="L28" s="59"/>
-      <c r="M28" s="20">
+      <c r="L28" s="55"/>
+      <c r="M28" s="56">
         <f>K28+L28+I28+J28</f>
         <v>431.09000000000003</v>
       </c>
       <c r="N28" s="2"/>
       <c r="O28" s="2"/>
       <c r="P28" s="2"/>
       <c r="Q28" s="2"/>
     </row>
     <row r="29" spans="1:17" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="2"/>
-      <c r="B29" s="93" t="s">
+      <c r="B29" s="87" t="s">
         <v>13</v>
       </c>
-      <c r="C29" s="94"/>
-[...9 lines deleted...]
-      <c r="M29" s="53">
+      <c r="C29" s="88"/>
+      <c r="D29" s="88"/>
+      <c r="E29" s="88"/>
+      <c r="F29" s="88"/>
+      <c r="G29" s="88"/>
+      <c r="H29" s="88"/>
+      <c r="I29" s="88"/>
+      <c r="J29" s="88"/>
+      <c r="K29" s="88"/>
+      <c r="L29" s="89"/>
+      <c r="M29" s="65">
         <f>M27+M28</f>
         <v>1652.08</v>
       </c>
       <c r="N29" s="3"/>
       <c r="O29" s="2"/>
       <c r="P29" s="2"/>
       <c r="Q29" s="2"/>
     </row>
     <row r="30" spans="1:17" ht="36.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="2"/>
-      <c r="B30" s="34">
+      <c r="B30" s="32">
         <v>2025012598</v>
       </c>
-      <c r="C30" s="35" t="s">
+      <c r="C30" s="33" t="s">
         <v>18</v>
       </c>
       <c r="D30" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="E30" s="36" t="s">
+      <c r="E30" s="34" t="s">
         <v>17</v>
       </c>
-      <c r="F30" s="37" t="s">
+      <c r="F30" s="35" t="s">
         <v>22</v>
       </c>
-      <c r="G30" s="35" t="s">
+      <c r="G30" s="33" t="s">
         <v>35</v>
       </c>
-      <c r="H30" s="35"/>
-[...2 lines deleted...]
-      <c r="K30" s="38">
+      <c r="H30" s="33"/>
+      <c r="I30" s="36"/>
+      <c r="J30" s="36"/>
+      <c r="K30" s="36">
         <v>514.75</v>
       </c>
-      <c r="L30" s="38"/>
-      <c r="M30" s="39">
+      <c r="L30" s="36"/>
+      <c r="M30" s="37">
         <f>K30+L30+I30+J30</f>
         <v>514.75</v>
       </c>
       <c r="N30" s="2"/>
       <c r="O30" s="2"/>
       <c r="P30" s="2"/>
       <c r="Q30" s="2"/>
     </row>
     <row r="31" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="2"/>
-      <c r="B31" s="120" t="s">
+      <c r="B31" s="87" t="s">
         <v>13</v>
       </c>
-      <c r="C31" s="121"/>
-[...9 lines deleted...]
-      <c r="M31" s="87">
+      <c r="C31" s="88"/>
+      <c r="D31" s="88"/>
+      <c r="E31" s="88"/>
+      <c r="F31" s="88"/>
+      <c r="G31" s="88"/>
+      <c r="H31" s="88"/>
+      <c r="I31" s="88"/>
+      <c r="J31" s="88"/>
+      <c r="K31" s="88"/>
+      <c r="L31" s="89"/>
+      <c r="M31" s="65">
         <f>M30</f>
         <v>514.75</v>
       </c>
       <c r="N31" s="2"/>
       <c r="O31" s="2"/>
       <c r="P31" s="2"/>
       <c r="Q31" s="2"/>
     </row>
     <row r="32" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="2"/>
-      <c r="B32" s="11">
+      <c r="B32" s="75">
         <v>2025007396</v>
       </c>
-      <c r="C32" s="12" t="s">
+      <c r="C32" s="64" t="s">
         <v>18</v>
       </c>
-      <c r="D32" s="9" t="s">
+      <c r="D32" s="69" t="s">
         <v>65</v>
       </c>
-      <c r="E32" s="13" t="s">
+      <c r="E32" s="70" t="s">
         <v>19</v>
       </c>
-      <c r="F32" s="14" t="s">
+      <c r="F32" s="71" t="s">
         <v>27</v>
       </c>
-      <c r="G32" s="12" t="s">
+      <c r="G32" s="64" t="s">
         <v>28</v>
       </c>
-      <c r="H32" s="12" t="s">
+      <c r="H32" s="64" t="s">
         <v>16</v>
       </c>
-      <c r="I32" s="15">
+      <c r="I32" s="72">
         <v>26.67</v>
       </c>
-      <c r="J32" s="15"/>
-      <c r="K32" s="15">
+      <c r="J32" s="72"/>
+      <c r="K32" s="72">
         <v>156</v>
       </c>
-      <c r="L32" s="15"/>
-      <c r="M32" s="16">
+      <c r="L32" s="72"/>
+      <c r="M32" s="76">
         <f>K32+L32+I32+J32</f>
         <v>182.67000000000002</v>
       </c>
       <c r="N32" s="2"/>
       <c r="O32" s="2"/>
       <c r="P32" s="2"/>
       <c r="Q32" s="2"/>
     </row>
     <row r="33" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="2"/>
-      <c r="B33" s="51">
+      <c r="B33" s="49">
         <v>2025002165</v>
       </c>
       <c r="C33" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E33" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="F33" s="48" t="s">
+      <c r="F33" s="46" t="s">
         <v>25</v>
       </c>
       <c r="G33" s="17" t="s">
         <v>24</v>
       </c>
       <c r="H33" s="17" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="19">
         <v>106.68</v>
       </c>
       <c r="J33" s="19">
         <v>640</v>
       </c>
       <c r="K33" s="19">
         <v>183.94</v>
       </c>
       <c r="L33" s="19"/>
-      <c r="M33" s="20">
-        <f t="shared" ref="M33:M42" si="1">K33+L33+I33+J33</f>
+      <c r="M33" s="76">
+        <f t="shared" ref="M33:M45" si="1">K33+L33+I33+J33</f>
         <v>930.62</v>
       </c>
       <c r="N33" s="2"/>
       <c r="O33" s="2"/>
       <c r="P33" s="2"/>
       <c r="Q33" s="2"/>
     </row>
     <row r="34" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="2"/>
-      <c r="B34" s="51">
+      <c r="B34" s="49">
         <v>2025014380</v>
       </c>
       <c r="C34" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E34" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="F34" s="48" t="s">
+      <c r="F34" s="46" t="s">
         <v>34</v>
       </c>
       <c r="G34" s="17" t="s">
         <v>32</v>
       </c>
       <c r="H34" s="17" t="s">
         <v>33</v>
       </c>
       <c r="I34" s="19">
         <v>80.010000000000005</v>
       </c>
       <c r="J34" s="19">
         <v>385</v>
       </c>
       <c r="K34" s="19">
         <v>173.78</v>
       </c>
       <c r="L34" s="19"/>
-      <c r="M34" s="20">
+      <c r="M34" s="76">
         <f t="shared" si="1"/>
         <v>638.79</v>
       </c>
       <c r="N34" s="2"/>
       <c r="O34" s="2"/>
       <c r="P34" s="2"/>
       <c r="Q34" s="2"/>
     </row>
     <row r="35" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="2"/>
-      <c r="B35" s="51">
+      <c r="B35" s="49">
         <v>2025022177</v>
       </c>
       <c r="C35" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E35" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="F35" s="48" t="s">
+      <c r="F35" s="46" t="s">
         <v>40</v>
       </c>
       <c r="G35" s="17" t="s">
         <v>39</v>
       </c>
       <c r="H35" s="17" t="s">
         <v>41</v>
       </c>
       <c r="I35" s="19">
         <v>80.010000000000005</v>
       </c>
       <c r="J35" s="19"/>
       <c r="K35" s="19">
         <v>110</v>
       </c>
       <c r="L35" s="19"/>
-      <c r="M35" s="20">
+      <c r="M35" s="76">
         <f t="shared" si="1"/>
         <v>190.01</v>
       </c>
       <c r="N35" s="2"/>
       <c r="O35" s="2"/>
       <c r="P35" s="2"/>
       <c r="Q35" s="2"/>
     </row>
     <row r="36" spans="1:17" ht="36" x14ac:dyDescent="0.25">
       <c r="A36" s="2"/>
-      <c r="B36" s="51">
+      <c r="B36" s="49">
         <v>2025029579</v>
       </c>
       <c r="C36" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E36" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="F36" s="48" t="s">
+      <c r="F36" s="46" t="s">
         <v>84</v>
       </c>
       <c r="G36" s="17" t="s">
         <v>51</v>
       </c>
       <c r="H36" s="17" t="s">
         <v>52</v>
       </c>
       <c r="I36" s="19">
         <v>561</v>
       </c>
       <c r="J36" s="19">
         <v>182.7</v>
       </c>
       <c r="K36" s="19">
         <v>203.61</v>
       </c>
       <c r="L36" s="19"/>
-      <c r="M36" s="20">
+      <c r="M36" s="76">
         <f t="shared" si="1"/>
         <v>947.31</v>
       </c>
       <c r="N36" s="2"/>
       <c r="O36" s="2"/>
       <c r="P36" s="2"/>
       <c r="Q36" s="2"/>
     </row>
     <row r="37" spans="1:17" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A37" s="2"/>
-      <c r="B37" s="51">
+      <c r="B37" s="49">
         <v>2025031745</v>
       </c>
       <c r="C37" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E37" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="F37" s="48" t="s">
+      <c r="F37" s="46" t="s">
         <v>85</v>
       </c>
       <c r="G37" s="17" t="s">
         <v>53</v>
       </c>
       <c r="H37" s="17" t="s">
         <v>77</v>
       </c>
       <c r="I37" s="19">
         <v>390</v>
       </c>
       <c r="J37" s="19">
         <v>117.2</v>
       </c>
       <c r="K37" s="19">
         <v>926.74</v>
       </c>
       <c r="L37" s="19"/>
-      <c r="M37" s="20">
+      <c r="M37" s="76">
         <f t="shared" si="1"/>
         <v>1433.94</v>
       </c>
       <c r="N37" s="2"/>
       <c r="O37" s="2"/>
       <c r="P37" s="2"/>
       <c r="Q37" s="2"/>
     </row>
-    <row r="38" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:17" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A38" s="2"/>
-      <c r="B38" s="51">
+      <c r="B38" s="49">
         <v>2025008445</v>
       </c>
       <c r="C38" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E38" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="F38" s="48" t="s">
+      <c r="F38" s="46" t="s">
         <v>73</v>
       </c>
-      <c r="G38" s="17" t="s">
+      <c r="G38" s="51" t="s">
         <v>59</v>
       </c>
       <c r="H38" s="17" t="s">
         <v>60</v>
       </c>
       <c r="I38" s="19">
         <v>378.63</v>
       </c>
       <c r="J38" s="19">
         <v>435</v>
       </c>
       <c r="K38" s="19">
         <v>6120.6</v>
       </c>
       <c r="L38" s="19"/>
-      <c r="M38" s="20">
+      <c r="M38" s="76">
         <f t="shared" si="1"/>
         <v>6934.2300000000005</v>
       </c>
       <c r="N38" s="2"/>
       <c r="O38" s="2"/>
       <c r="P38" s="2"/>
       <c r="Q38" s="2"/>
     </row>
-    <row r="39" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:17" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A39" s="2"/>
-      <c r="B39" s="51">
+      <c r="B39" s="49">
         <v>2025045604</v>
       </c>
       <c r="C39" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E39" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="F39" s="48" t="s">
+      <c r="F39" s="119" t="s">
         <v>86</v>
       </c>
-      <c r="G39" s="17" t="s">
+      <c r="G39" s="121" t="s">
         <v>61</v>
       </c>
-      <c r="H39" s="17" t="s">
+      <c r="H39" s="120" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="19">
         <v>26.67</v>
       </c>
       <c r="J39" s="19"/>
       <c r="K39" s="19">
         <v>624.59</v>
       </c>
       <c r="L39" s="19"/>
-      <c r="M39" s="20">
+      <c r="M39" s="76">
         <f t="shared" si="1"/>
         <v>651.26</v>
       </c>
       <c r="N39" s="2"/>
       <c r="O39" s="2"/>
       <c r="P39" s="2"/>
       <c r="Q39" s="2"/>
     </row>
     <row r="40" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="2"/>
-      <c r="B40" s="51">
+      <c r="B40" s="49">
         <v>2025063492</v>
       </c>
       <c r="C40" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E40" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="F40" s="48" t="s">
+      <c r="F40" s="46" t="s">
         <v>70</v>
       </c>
-      <c r="G40" s="17" t="s">
+      <c r="G40" s="64" t="s">
         <v>72</v>
       </c>
       <c r="H40" s="17" t="s">
         <v>71</v>
       </c>
       <c r="I40" s="19">
         <v>162.41999999999999</v>
       </c>
       <c r="J40" s="19">
         <v>335</v>
       </c>
       <c r="K40" s="19">
         <v>811.47</v>
       </c>
       <c r="L40" s="19"/>
-      <c r="M40" s="20">
+      <c r="M40" s="76">
         <f t="shared" si="1"/>
         <v>1308.8899999999999</v>
       </c>
       <c r="N40" s="2"/>
       <c r="O40" s="2"/>
       <c r="P40" s="2"/>
       <c r="Q40" s="2"/>
     </row>
     <row r="41" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="2"/>
-      <c r="B41" s="51">
+      <c r="B41" s="49">
         <v>2025061232</v>
       </c>
       <c r="C41" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E41" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="F41" s="48" t="s">
+      <c r="F41" s="46" t="s">
         <v>100</v>
       </c>
       <c r="G41" s="17" t="s">
         <v>93</v>
       </c>
       <c r="H41" s="17" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="19">
         <v>26.67</v>
       </c>
       <c r="J41" s="19"/>
       <c r="K41" s="19">
         <v>187.59</v>
       </c>
       <c r="L41" s="19"/>
-      <c r="M41" s="20">
+      <c r="M41" s="76">
         <f t="shared" si="1"/>
         <v>214.26</v>
       </c>
       <c r="N41" s="2"/>
       <c r="O41" s="2"/>
       <c r="P41" s="2"/>
       <c r="Q41" s="2"/>
     </row>
-    <row r="42" spans="1:17" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="2"/>
       <c r="B42" s="49">
         <v>2025067157</v>
       </c>
-      <c r="C42" s="21" t="s">
+      <c r="C42" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="D42" s="88" t="s">
+      <c r="D42" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="E42" s="22" t="s">
+      <c r="E42" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="F42" s="23" t="s">
+      <c r="F42" s="46" t="s">
         <v>99</v>
       </c>
-      <c r="G42" s="21" t="s">
+      <c r="G42" s="17" t="s">
         <v>98</v>
       </c>
-      <c r="H42" s="21" t="s">
+      <c r="H42" s="17" t="s">
         <v>16</v>
       </c>
-      <c r="I42" s="24">
+      <c r="I42" s="19">
         <v>53.34</v>
       </c>
-      <c r="J42" s="24">
+      <c r="J42" s="19">
         <v>293</v>
       </c>
-      <c r="K42" s="24">
+      <c r="K42" s="19">
         <v>228</v>
       </c>
-      <c r="L42" s="24"/>
-      <c r="M42" s="25">
+      <c r="L42" s="19"/>
+      <c r="M42" s="76">
         <f t="shared" si="1"/>
         <v>574.34</v>
       </c>
       <c r="N42" s="2"/>
       <c r="O42" s="2"/>
       <c r="P42" s="2"/>
       <c r="Q42" s="2"/>
     </row>
-    <row r="43" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="2"/>
-      <c r="B43" s="114" t="s">
-[...14 lines deleted...]
-        <v>14006.32</v>
+      <c r="B43" s="49">
+        <v>2025067186</v>
+      </c>
+      <c r="C43" s="17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E43" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F43" s="46" t="s">
+        <v>106</v>
+      </c>
+      <c r="G43" s="17" t="s">
+        <v>104</v>
+      </c>
+      <c r="H43" s="17" t="s">
+        <v>105</v>
+      </c>
+      <c r="I43" s="19">
+        <v>106.68</v>
+      </c>
+      <c r="J43" s="19">
+        <v>477</v>
+      </c>
+      <c r="K43" s="19">
+        <v>444.53</v>
+      </c>
+      <c r="L43" s="19"/>
+      <c r="M43" s="76">
+        <f t="shared" si="1"/>
+        <v>1028.21</v>
       </c>
       <c r="N43" s="2"/>
       <c r="O43" s="2"/>
       <c r="P43" s="2"/>
       <c r="Q43" s="2"/>
     </row>
-    <row r="44" spans="1:17" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="2"/>
-      <c r="B44" s="70">
-[...2 lines deleted...]
-      <c r="C44" s="61" t="s">
+      <c r="B44" s="49">
+        <v>2025070266</v>
+      </c>
+      <c r="C44" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="D44" s="65" t="s">
-[...24 lines deleted...]
-        <v>352.72</v>
+      <c r="D44" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E44" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F44" s="46" t="s">
+        <v>107</v>
+      </c>
+      <c r="G44" s="17" t="s">
+        <v>108</v>
+      </c>
+      <c r="H44" s="17" t="s">
+        <v>69</v>
+      </c>
+      <c r="I44" s="19">
+        <v>228.38</v>
+      </c>
+      <c r="J44" s="19">
+        <v>465</v>
+      </c>
+      <c r="K44" s="19">
+        <v>253.06</v>
+      </c>
+      <c r="L44" s="19"/>
+      <c r="M44" s="76">
+        <f t="shared" si="1"/>
+        <v>946.44</v>
       </c>
       <c r="N44" s="2"/>
       <c r="O44" s="2"/>
       <c r="P44" s="2"/>
       <c r="Q44" s="2"/>
     </row>
-    <row r="45" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:17" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A45" s="2"/>
-      <c r="B45" s="120" t="s">
-[...14 lines deleted...]
-        <v>352.72</v>
+      <c r="B45" s="50">
+        <v>2025075296</v>
+      </c>
+      <c r="C45" s="51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" s="63" t="s">
+        <v>65</v>
+      </c>
+      <c r="E45" s="53" t="s">
+        <v>19</v>
+      </c>
+      <c r="F45" s="54" t="s">
+        <v>110</v>
+      </c>
+      <c r="G45" s="51" t="s">
+        <v>109</v>
+      </c>
+      <c r="H45" s="51" t="s">
+        <v>16</v>
+      </c>
+      <c r="I45" s="55">
+        <v>26.67</v>
+      </c>
+      <c r="J45" s="55"/>
+      <c r="K45" s="55">
+        <v>404.59</v>
+      </c>
+      <c r="L45" s="55"/>
+      <c r="M45" s="76">
+        <f t="shared" si="1"/>
+        <v>431.26</v>
       </c>
       <c r="N45" s="2"/>
       <c r="O45" s="2"/>
       <c r="P45" s="2"/>
       <c r="Q45" s="2"/>
     </row>
-    <row r="46" spans="1:17" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A46" s="2"/>
-      <c r="B46" s="89">
-[...34 lines deleted...]
-        <v>1059.27</v>
+      <c r="B46" s="87" t="s">
+        <v>13</v>
+      </c>
+      <c r="C46" s="88"/>
+      <c r="D46" s="88"/>
+      <c r="E46" s="88"/>
+      <c r="F46" s="88"/>
+      <c r="G46" s="88"/>
+      <c r="H46" s="88"/>
+      <c r="I46" s="88"/>
+      <c r="J46" s="88"/>
+      <c r="K46" s="88"/>
+      <c r="L46" s="89"/>
+      <c r="M46" s="65">
+        <f>SUM(M32:M45)</f>
+        <v>16412.23</v>
       </c>
       <c r="N46" s="2"/>
       <c r="O46" s="2"/>
       <c r="P46" s="2"/>
       <c r="Q46" s="2"/>
     </row>
-    <row r="47" spans="1:17" ht="36" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:17" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A47" s="2"/>
-      <c r="B47" s="81">
-[...2 lines deleted...]
-      <c r="C47" s="17" t="s">
+      <c r="B47" s="66">
+        <v>2025034579</v>
+      </c>
+      <c r="C47" s="57" t="s">
         <v>18</v>
       </c>
-      <c r="D47" s="5" t="s">
-[...26 lines deleted...]
-        <v>1245.6300000000001</v>
+      <c r="D47" s="61" t="s">
+        <v>62</v>
+      </c>
+      <c r="E47" s="58" t="s">
+        <v>63</v>
+      </c>
+      <c r="F47" s="59" t="s">
+        <v>87</v>
+      </c>
+      <c r="G47" s="57" t="s">
+        <v>64</v>
+      </c>
+      <c r="H47" s="57" t="s">
+        <v>16</v>
+      </c>
+      <c r="I47" s="67">
+        <v>53.34</v>
+      </c>
+      <c r="J47" s="67"/>
+      <c r="K47" s="68">
+        <v>299.38</v>
+      </c>
+      <c r="L47" s="60"/>
+      <c r="M47" s="37">
+        <f>I47+J47+K47+L47</f>
+        <v>352.72</v>
       </c>
       <c r="N47" s="2"/>
       <c r="O47" s="2"/>
       <c r="P47" s="2"/>
       <c r="Q47" s="2"/>
     </row>
-    <row r="48" spans="1:17" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A48" s="2"/>
-      <c r="B48" s="81">
-[...32 lines deleted...]
-        <v>6934.2300000000005</v>
+      <c r="B48" s="111" t="s">
+        <v>13</v>
+      </c>
+      <c r="C48" s="112"/>
+      <c r="D48" s="112"/>
+      <c r="E48" s="112"/>
+      <c r="F48" s="112"/>
+      <c r="G48" s="112"/>
+      <c r="H48" s="112"/>
+      <c r="I48" s="112"/>
+      <c r="J48" s="112"/>
+      <c r="K48" s="112"/>
+      <c r="L48" s="113"/>
+      <c r="M48" s="65">
+        <f>M47</f>
+        <v>352.72</v>
       </c>
       <c r="N48" s="2"/>
       <c r="O48" s="2"/>
       <c r="P48" s="2"/>
       <c r="Q48" s="2"/>
     </row>
     <row r="49" spans="1:17" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A49" s="2"/>
-      <c r="B49" s="81">
-[...2 lines deleted...]
-      <c r="C49" s="17" t="s">
+      <c r="B49" s="83">
+        <v>2025002451</v>
+      </c>
+      <c r="C49" s="12" t="s">
         <v>18</v>
       </c>
-      <c r="D49" s="5" t="s">
+      <c r="D49" s="9" t="s">
         <v>90</v>
       </c>
-      <c r="E49" s="18" t="s">
+      <c r="E49" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="F49" s="48" t="s">
-[...5 lines deleted...]
-      <c r="H49" s="17" t="s">
+      <c r="F49" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="G49" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="H49" s="12" t="s">
         <v>16</v>
       </c>
-      <c r="I49" s="66">
-[...11 lines deleted...]
-        <v>716.31999999999994</v>
+      <c r="I49" s="84">
+        <v>106.68</v>
+      </c>
+      <c r="J49" s="84">
+        <v>595</v>
+      </c>
+      <c r="K49" s="84">
+        <v>310.29000000000002</v>
+      </c>
+      <c r="L49" s="15">
+        <v>47.3</v>
+      </c>
+      <c r="M49" s="76">
+        <f>I49+J49+K49+L49</f>
+        <v>1059.27</v>
       </c>
       <c r="N49" s="2"/>
       <c r="O49" s="2"/>
       <c r="P49" s="2"/>
       <c r="Q49" s="2"/>
     </row>
-    <row r="50" spans="1:17" ht="39" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:17" ht="36" x14ac:dyDescent="0.25">
       <c r="A50" s="2"/>
-      <c r="B50" s="82">
-[...2 lines deleted...]
-      <c r="C50" s="21" t="s">
+      <c r="B50" s="77">
+        <v>2025030013</v>
+      </c>
+      <c r="C50" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="D50" s="88" t="s">
+      <c r="D50" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="E50" s="22" t="s">
+      <c r="E50" s="18" t="s">
         <v>17</v>
       </c>
-      <c r="F50" s="23" t="s">
-[...8 lines deleted...]
-      <c r="I50" s="83">
+      <c r="F50" s="46" t="s">
+        <v>76</v>
+      </c>
+      <c r="G50" s="17" t="s">
+        <v>51</v>
+      </c>
+      <c r="H50" s="17" t="s">
+        <v>52</v>
+      </c>
+      <c r="I50" s="62">
+        <v>561</v>
+      </c>
+      <c r="J50" s="62">
         <v>228.38</v>
       </c>
-      <c r="J50" s="83">
-[...8 lines deleted...]
-        <v>1417.13</v>
+      <c r="K50" s="62">
+        <v>456.25</v>
+      </c>
+      <c r="L50" s="19"/>
+      <c r="M50" s="76">
+        <f t="shared" ref="M50:M53" si="2">I50+J50+K50+L50</f>
+        <v>1245.6300000000001</v>
       </c>
       <c r="N50" s="2"/>
       <c r="O50" s="2"/>
       <c r="P50" s="2"/>
       <c r="Q50" s="2"/>
     </row>
-    <row r="51" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:17" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A51" s="2"/>
-      <c r="B51" s="114" t="s">
-[...14 lines deleted...]
-        <v>11372.580000000002</v>
+      <c r="B51" s="77">
+        <v>2025008446</v>
+      </c>
+      <c r="C51" s="17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E51" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F51" s="46" t="s">
+        <v>73</v>
+      </c>
+      <c r="G51" s="17" t="s">
+        <v>59</v>
+      </c>
+      <c r="H51" s="17" t="s">
+        <v>60</v>
+      </c>
+      <c r="I51" s="62">
+        <v>378.63</v>
+      </c>
+      <c r="J51" s="62">
+        <v>435</v>
+      </c>
+      <c r="K51" s="62">
+        <v>6120.6</v>
+      </c>
+      <c r="L51" s="19"/>
+      <c r="M51" s="76">
+        <f t="shared" si="2"/>
+        <v>6934.2300000000005</v>
       </c>
       <c r="N51" s="2"/>
       <c r="O51" s="2"/>
       <c r="P51" s="2"/>
       <c r="Q51" s="2"/>
     </row>
-    <row r="52" spans="1:17" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:17" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A52" s="2"/>
-      <c r="B52" s="86">
-[...2 lines deleted...]
-      <c r="C52" s="61" t="s">
+      <c r="B52" s="77">
+        <v>2025036121</v>
+      </c>
+      <c r="C52" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="D52" s="65" t="s">
-[...2 lines deleted...]
-      <c r="E52" s="62" t="s">
+      <c r="D52" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E52" s="18" t="s">
         <v>17</v>
       </c>
-      <c r="F52" s="63" t="s">
-[...18 lines deleted...]
-        <v>538.68000000000006</v>
+      <c r="F52" s="46" t="s">
+        <v>88</v>
+      </c>
+      <c r="G52" s="17" t="s">
+        <v>61</v>
+      </c>
+      <c r="H52" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="I52" s="62">
+        <v>26.67</v>
+      </c>
+      <c r="J52" s="62">
+        <v>281</v>
+      </c>
+      <c r="K52" s="62">
+        <v>408.65</v>
+      </c>
+      <c r="L52" s="19"/>
+      <c r="M52" s="76">
+        <f t="shared" si="2"/>
+        <v>716.31999999999994</v>
       </c>
       <c r="N52" s="2"/>
       <c r="O52" s="2"/>
       <c r="P52" s="2"/>
       <c r="Q52" s="2"/>
     </row>
-    <row r="53" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:17" ht="39" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A53" s="2"/>
-      <c r="B53" s="93" t="s">
-[...14 lines deleted...]
-        <v>538.68000000000006</v>
+      <c r="B53" s="78">
+        <v>2025066618</v>
+      </c>
+      <c r="C53" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" s="82" t="s">
+        <v>90</v>
+      </c>
+      <c r="E53" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="F53" s="23" t="s">
+        <v>102</v>
+      </c>
+      <c r="G53" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="H53" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="I53" s="79">
+        <v>228.38</v>
+      </c>
+      <c r="J53" s="79">
+        <v>740</v>
+      </c>
+      <c r="K53" s="79">
+        <v>448.75</v>
+      </c>
+      <c r="L53" s="24"/>
+      <c r="M53" s="76">
+        <f t="shared" si="2"/>
+        <v>1417.13</v>
       </c>
       <c r="N53" s="2"/>
       <c r="O53" s="2"/>
       <c r="P53" s="2"/>
       <c r="Q53" s="2"/>
     </row>
-    <row r="54" spans="1:17" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A54" s="2"/>
-      <c r="B54" s="40"/>
-[...1 lines deleted...]
-      <c r="D54" s="117" t="s">
+      <c r="B54" s="87" t="s">
+        <v>13</v>
+      </c>
+      <c r="C54" s="88"/>
+      <c r="D54" s="88"/>
+      <c r="E54" s="88"/>
+      <c r="F54" s="88"/>
+      <c r="G54" s="88"/>
+      <c r="H54" s="88"/>
+      <c r="I54" s="88"/>
+      <c r="J54" s="88"/>
+      <c r="K54" s="88"/>
+      <c r="L54" s="89"/>
+      <c r="M54" s="65">
+        <f>M49+M50+M51+M52+M53</f>
+        <v>11372.580000000002</v>
+      </c>
+      <c r="N54" s="2"/>
+      <c r="O54" s="2"/>
+      <c r="P54" s="2"/>
+      <c r="Q54" s="2"/>
+    </row>
+    <row r="55" spans="1:17" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A55" s="2"/>
+      <c r="B55" s="122">
+        <v>2025066034</v>
+      </c>
+      <c r="C55" s="64" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" s="69" t="s">
+        <v>94</v>
+      </c>
+      <c r="E55" s="70" t="s">
+        <v>17</v>
+      </c>
+      <c r="F55" s="71" t="s">
+        <v>96</v>
+      </c>
+      <c r="G55" s="64" t="s">
+        <v>97</v>
+      </c>
+      <c r="H55" s="64" t="s">
+        <v>95</v>
+      </c>
+      <c r="I55" s="116">
+        <v>106.68</v>
+      </c>
+      <c r="J55" s="116">
+        <v>432</v>
+      </c>
+      <c r="K55" s="117"/>
+      <c r="L55" s="72"/>
+      <c r="M55" s="76">
+        <f>I55+J55+K55+L55</f>
+        <v>538.68000000000006</v>
+      </c>
+      <c r="N55" s="2"/>
+      <c r="O55" s="2"/>
+      <c r="P55" s="2"/>
+      <c r="Q55" s="2"/>
+    </row>
+    <row r="56" spans="1:17" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A56" s="2"/>
+      <c r="B56" s="77">
+        <v>2025067198</v>
+      </c>
+      <c r="C56" s="17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E56" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F56" s="46" t="s">
+        <v>106</v>
+      </c>
+      <c r="G56" s="17" t="s">
+        <v>104</v>
+      </c>
+      <c r="H56" s="17" t="s">
+        <v>105</v>
+      </c>
+      <c r="I56" s="62">
+        <v>106.68</v>
+      </c>
+      <c r="J56" s="62">
+        <v>477</v>
+      </c>
+      <c r="K56" s="118">
+        <v>489.87</v>
+      </c>
+      <c r="L56" s="19"/>
+      <c r="M56" s="20">
+        <f>I56+J56+K56+L56</f>
+        <v>1073.5500000000002</v>
+      </c>
+      <c r="N56" s="2"/>
+      <c r="O56" s="2"/>
+      <c r="P56" s="2"/>
+      <c r="Q56" s="2"/>
+    </row>
+    <row r="57" spans="1:17" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A57" s="2"/>
+      <c r="B57" s="77">
+        <v>2025067198</v>
+      </c>
+      <c r="C57" s="17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D57" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E57" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F57" s="46" t="s">
+        <v>107</v>
+      </c>
+      <c r="G57" s="17" t="s">
+        <v>108</v>
+      </c>
+      <c r="H57" s="17" t="s">
+        <v>69</v>
+      </c>
+      <c r="I57" s="62">
+        <v>228.38</v>
+      </c>
+      <c r="J57" s="62">
+        <v>465</v>
+      </c>
+      <c r="K57" s="118">
+        <v>319.14999999999998</v>
+      </c>
+      <c r="L57" s="19"/>
+      <c r="M57" s="20">
+        <f>I57+J57+K57+L57</f>
+        <v>1012.53</v>
+      </c>
+      <c r="N57" s="2"/>
+      <c r="O57" s="2"/>
+      <c r="P57" s="2"/>
+      <c r="Q57" s="2"/>
+    </row>
+    <row r="58" spans="1:17" ht="39" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="2"/>
+      <c r="B58" s="123">
+        <v>2025076344</v>
+      </c>
+      <c r="C58" s="51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" s="63" t="s">
+        <v>94</v>
+      </c>
+      <c r="E58" s="53" t="s">
+        <v>17</v>
+      </c>
+      <c r="F58" s="54" t="s">
+        <v>111</v>
+      </c>
+      <c r="G58" s="51" t="s">
+        <v>112</v>
+      </c>
+      <c r="H58" s="51" t="s">
+        <v>16</v>
+      </c>
+      <c r="I58" s="114">
+        <v>26.67</v>
+      </c>
+      <c r="J58" s="114"/>
+      <c r="K58" s="115">
+        <v>403.75</v>
+      </c>
+      <c r="L58" s="55"/>
+      <c r="M58" s="56">
+        <f>I58+J58+K58+L58</f>
+        <v>430.42</v>
+      </c>
+      <c r="N58" s="2"/>
+      <c r="O58" s="2"/>
+      <c r="P58" s="2"/>
+      <c r="Q58" s="2"/>
+    </row>
+    <row r="59" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="2"/>
+      <c r="B59" s="87" t="s">
+        <v>13</v>
+      </c>
+      <c r="C59" s="88"/>
+      <c r="D59" s="88"/>
+      <c r="E59" s="88"/>
+      <c r="F59" s="88"/>
+      <c r="G59" s="88"/>
+      <c r="H59" s="88"/>
+      <c r="I59" s="88"/>
+      <c r="J59" s="88"/>
+      <c r="K59" s="88"/>
+      <c r="L59" s="89"/>
+      <c r="M59" s="65">
+        <f>SUM(M55:M58)</f>
+        <v>3055.1800000000003</v>
+      </c>
+      <c r="N59" s="2"/>
+      <c r="O59" s="2"/>
+      <c r="P59" s="2"/>
+      <c r="Q59" s="2"/>
+    </row>
+    <row r="60" spans="1:17" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="2"/>
+      <c r="B60" s="38"/>
+      <c r="C60" s="39"/>
+      <c r="D60" s="108" t="s">
         <v>43</v>
       </c>
-      <c r="E54" s="118"/>
-[...82 lines deleted...]
-      <c r="M60" s="45"/>
+      <c r="E60" s="109"/>
+      <c r="F60" s="109"/>
+      <c r="G60" s="109"/>
+      <c r="H60" s="109"/>
+      <c r="I60" s="109"/>
+      <c r="J60" s="109"/>
+      <c r="K60" s="109"/>
+      <c r="L60" s="110"/>
+      <c r="M60" s="40">
+        <f>M12+M24+M26+M29+M31+M46+M54+M48+M59</f>
+        <v>44191.880000000005</v>
+      </c>
     </row>
     <row r="61" spans="1:17" x14ac:dyDescent="0.25">
-      <c r="L61" s="43"/>
-      <c r="M61" s="45"/>
+      <c r="C61" s="41"/>
+      <c r="D61" s="42"/>
+      <c r="E61" s="41"/>
+      <c r="F61" s="41"/>
+      <c r="G61" s="41"/>
+      <c r="H61" s="41"/>
+      <c r="I61" s="41"/>
+      <c r="J61" s="41"/>
+      <c r="K61" s="41"/>
+      <c r="L61" s="41"/>
+      <c r="M61" s="43"/>
     </row>
     <row r="62" spans="1:17" x14ac:dyDescent="0.25">
-      <c r="L62" s="43"/>
-      <c r="M62" s="45"/>
+      <c r="B62" s="80" t="s">
+        <v>113</v>
+      </c>
+      <c r="C62" s="41"/>
+      <c r="D62" s="42"/>
+      <c r="E62" s="41"/>
+      <c r="F62" s="41"/>
+      <c r="G62" s="44"/>
+      <c r="H62" s="41"/>
+      <c r="I62" s="41"/>
+      <c r="J62" s="41"/>
+      <c r="K62" s="41"/>
+      <c r="L62" s="41"/>
+      <c r="M62" s="43"/>
     </row>
     <row r="63" spans="1:17" x14ac:dyDescent="0.25">
-      <c r="L63" s="43"/>
-      <c r="M63" s="45"/>
+      <c r="C63" s="41"/>
+      <c r="D63" s="42"/>
+      <c r="E63" s="41"/>
+      <c r="F63" s="41"/>
+      <c r="G63" s="44"/>
+      <c r="H63" s="41"/>
+      <c r="I63" s="41"/>
+      <c r="J63" s="41"/>
+      <c r="K63" s="41"/>
+      <c r="L63" s="41"/>
+      <c r="M63" s="43"/>
     </row>
     <row r="64" spans="1:17" x14ac:dyDescent="0.25">
-      <c r="L64" s="43"/>
-[...19 lines deleted...]
-      <c r="H69" s="4" t="s">
+      <c r="C64" s="41"/>
+      <c r="D64" s="42"/>
+      <c r="E64" s="41"/>
+      <c r="F64" s="41"/>
+      <c r="G64" s="44"/>
+      <c r="H64" s="41"/>
+      <c r="I64" s="41"/>
+      <c r="J64" s="41"/>
+      <c r="K64" s="41"/>
+      <c r="L64" s="41"/>
+      <c r="M64" s="43"/>
+    </row>
+    <row r="65" spans="3:13" x14ac:dyDescent="0.25">
+      <c r="C65" s="41"/>
+      <c r="D65" s="42"/>
+      <c r="E65" s="41"/>
+      <c r="F65" s="41"/>
+      <c r="G65" s="44"/>
+      <c r="H65" s="41"/>
+      <c r="I65" s="41"/>
+      <c r="J65" s="41"/>
+      <c r="K65" s="41"/>
+      <c r="L65" s="41"/>
+      <c r="M65" s="43"/>
+    </row>
+    <row r="66" spans="3:13" x14ac:dyDescent="0.25">
+      <c r="L66" s="41"/>
+      <c r="M66" s="43"/>
+    </row>
+    <row r="67" spans="3:13" x14ac:dyDescent="0.25">
+      <c r="L67" s="41"/>
+      <c r="M67" s="43"/>
+    </row>
+    <row r="68" spans="3:13" x14ac:dyDescent="0.25">
+      <c r="L68" s="41"/>
+      <c r="M68" s="43"/>
+    </row>
+    <row r="69" spans="3:13" x14ac:dyDescent="0.25">
+      <c r="L69" s="41"/>
+      <c r="M69" s="43"/>
+    </row>
+    <row r="70" spans="3:13" x14ac:dyDescent="0.25">
+      <c r="L70" s="41"/>
+      <c r="M70" s="43"/>
+    </row>
+    <row r="71" spans="3:13" x14ac:dyDescent="0.25">
+      <c r="L71" s="41"/>
+      <c r="M71" s="43"/>
+    </row>
+    <row r="72" spans="3:13" x14ac:dyDescent="0.25">
+      <c r="L72" s="41"/>
+      <c r="M72" s="43"/>
+    </row>
+    <row r="73" spans="3:13" x14ac:dyDescent="0.25">
+      <c r="L73" s="41"/>
+      <c r="M73" s="43"/>
+    </row>
+    <row r="74" spans="3:13" x14ac:dyDescent="0.25">
+      <c r="L74" s="41"/>
+      <c r="M74" s="43"/>
+    </row>
+    <row r="75" spans="3:13" x14ac:dyDescent="0.25">
+      <c r="H75" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="L69" s="43"/>
-[...15 lines deleted...]
-      <c r="M74" s="6"/>
+      <c r="L75" s="41"/>
+      <c r="M75" s="43"/>
+    </row>
+    <row r="76" spans="3:13" x14ac:dyDescent="0.25">
+      <c r="M76" s="6"/>
+    </row>
+    <row r="77" spans="3:13" x14ac:dyDescent="0.25">
+      <c r="M77" s="6"/>
+    </row>
+    <row r="78" spans="3:13" x14ac:dyDescent="0.25">
+      <c r="M78" s="6"/>
+    </row>
+    <row r="79" spans="3:13" x14ac:dyDescent="0.25">
+      <c r="M79" s="6"/>
+    </row>
+    <row r="80" spans="3:13" x14ac:dyDescent="0.25">
+      <c r="M80" s="6"/>
     </row>
   </sheetData>
   <mergeCells count="24">
-    <mergeCell ref="D54:L54"/>
-    <mergeCell ref="B43:L43"/>
+    <mergeCell ref="D60:L60"/>
+    <mergeCell ref="B46:L46"/>
     <mergeCell ref="B31:L31"/>
     <mergeCell ref="B26:L26"/>
-    <mergeCell ref="B45:L45"/>
+    <mergeCell ref="B48:L48"/>
     <mergeCell ref="C1:D1"/>
     <mergeCell ref="E1:H3"/>
     <mergeCell ref="C8:C9"/>
     <mergeCell ref="D8:D9"/>
     <mergeCell ref="E8:E9"/>
     <mergeCell ref="F8:F9"/>
     <mergeCell ref="G8:G9"/>
     <mergeCell ref="H8:H9"/>
     <mergeCell ref="B7:M7"/>
     <mergeCell ref="L8:L9"/>
     <mergeCell ref="M8:M9"/>
     <mergeCell ref="I8:J8"/>
     <mergeCell ref="K8:K9"/>
-    <mergeCell ref="B53:L53"/>
+    <mergeCell ref="B59:L59"/>
     <mergeCell ref="B12:L12"/>
     <mergeCell ref="B29:L29"/>
     <mergeCell ref="B24:L24"/>
     <mergeCell ref="B8:B9"/>
-    <mergeCell ref="B51:L51"/>
+    <mergeCell ref="B54:L54"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="59" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <ignoredErrors>
-    <ignoredError sqref="M29:M31 M45" formula="1"/>
+    <ignoredError sqref="M31 M48 M54" formula="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Modelo Oficial 2025</vt:lpstr>
     </vt:vector>