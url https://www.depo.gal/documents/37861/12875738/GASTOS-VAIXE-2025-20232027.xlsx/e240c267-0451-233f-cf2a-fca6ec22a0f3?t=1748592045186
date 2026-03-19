--- v1 (2026-01-31)
+++ v2 (2026-03-19)
@@ -10,165 +10,172 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\NOMINA y SEG_SOCIAL\CARPETA control empleados\_TRANSPARENCIA_Luis Feijoo\2023_Luis López\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5122EFDF-ADF1-47C9-9E96-1F1974176130}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{85804178-43D7-4E6E-993B-60E478D1C0FC}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12225" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Modelo Oficial 2025" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Modelo Oficial 2025'!$A$9:$IC$9</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="M60" i="4" l="1"/>
+  <c r="M64" i="4" l="1"/>
+  <c r="M63" i="4"/>
+  <c r="M58" i="4"/>
+  <c r="M53" i="4"/>
+  <c r="M54" i="4"/>
   <c r="M55" i="4"/>
-  <c r="M50" i="4"/>
-  <c r="M51" i="4"/>
+  <c r="M56" i="4"/>
+  <c r="M57" i="4"/>
   <c r="M52" i="4"/>
-  <c r="M53" i="4"/>
   <c r="M49" i="4"/>
-  <c r="M47" i="4"/>
-[...1 lines deleted...]
-  <c r="M34" i="4"/>
   <c r="M35" i="4"/>
   <c r="M36" i="4"/>
   <c r="M37" i="4"/>
   <c r="M38" i="4"/>
   <c r="M39" i="4"/>
   <c r="M40" i="4"/>
   <c r="M41" i="4"/>
   <c r="M42" i="4"/>
   <c r="M43" i="4"/>
   <c r="M44" i="4"/>
   <c r="M45" i="4"/>
-  <c r="M32" i="4"/>
+  <c r="M46" i="4"/>
+  <c r="M47" i="4"/>
+  <c r="M48" i="4"/>
+  <c r="M34" i="4"/>
+  <c r="M31" i="4"/>
+  <c r="M24" i="4"/>
+  <c r="M27" i="4"/>
+  <c r="M29" i="4"/>
   <c r="M30" i="4"/>
   <c r="M28" i="4"/>
-  <c r="M27" i="4"/>
+  <c r="M26" i="4"/>
   <c r="M25" i="4"/>
   <c r="M14" i="4"/>
   <c r="M15" i="4"/>
   <c r="M16" i="4"/>
   <c r="M17" i="4"/>
   <c r="M18" i="4"/>
   <c r="M19" i="4"/>
   <c r="M20" i="4"/>
   <c r="M21" i="4"/>
   <c r="M22" i="4"/>
   <c r="M23" i="4"/>
   <c r="M13" i="4"/>
+  <c r="M12" i="4"/>
+  <c r="M11" i="4"/>
   <c r="M10" i="4"/>
-  <c r="M59" i="4"/>
-[...11 lines deleted...]
-  <c r="M26" i="4"/>
+  <c r="I26" i="4"/>
+  <c r="I30" i="4"/>
+  <c r="I57" i="4"/>
+  <c r="M59" i="4" l="1"/>
+  <c r="M50" i="4"/>
+  <c r="M32" i="4"/>
+  <c r="M62" i="4"/>
+  <c r="M61" i="4"/>
+  <c r="M60" i="4"/>
+  <c r="M51" i="4" l="1"/>
+  <c r="M33" i="4" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Nicole Álvarez Civeira</author>
   </authors>
   <commentList>
     <comment ref="C10" authorId="0" shapeId="0" xr:uid="{7B93FC64-6035-43CC-8EDB-97A98C2A11A4}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>validación</t>
         </r>
       </text>
     </comment>
     <comment ref="C15" authorId="0" shapeId="0" xr:uid="{A05E822E-CA63-4A56-B815-77E7402D51C4}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>validación</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="274" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="298" uniqueCount="120">
   <si>
     <t xml:space="preserve">Persoa interesada </t>
   </si>
   <si>
     <t>Cargo</t>
   </si>
   <si>
     <t>Datas</t>
   </si>
   <si>
     <t>Concepto</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Desprazamentos</t>
   </si>
   <si>
     <t>Dietas</t>
   </si>
   <si>
@@ -482,50 +489,68 @@
     <t>Zaragoza e Barcelona</t>
   </si>
   <si>
     <t>29 e 30 Outubro</t>
   </si>
   <si>
     <t>4 ao 6 Novembro</t>
   </si>
   <si>
     <t>Asistencia á Feira World Trade Market (WTM)</t>
   </si>
   <si>
     <t>Asistencia á reunión co Administrador de Infraestructuras (ADIF)</t>
   </si>
   <si>
     <t>18 de Novembro</t>
   </si>
   <si>
     <t>24 ao 30 Novembro</t>
   </si>
   <si>
     <t>Asistencia á Campaña de Promoción do Destino Turístico Rías Baixas</t>
   </si>
   <si>
     <t>Actualizado a 26 de decembro de 2025</t>
+  </si>
+  <si>
+    <t>Asistencia á NECSTour Knowlegde Day ¬ ST+30 Conference</t>
+  </si>
+  <si>
+    <t>Lanzarote</t>
+  </si>
+  <si>
+    <t>26 ao 28 novembro</t>
+  </si>
+  <si>
+    <t>Asistencia o traslado da obra "A Derradeira Lección do Mestre" para a súa exhibición no Museo de Pontevedra</t>
+  </si>
+  <si>
+    <t>Uruguai</t>
+  </si>
+  <si>
+    <t>22 ao 27 novembro</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="8" formatCode="#,##0.00\ &quot;€&quot;;[Red]\-#,##0.00\ &quot;€&quot;"/>
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
   <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C0006"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -697,51 +722,51 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF667667"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="40">
+  <borders count="39">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
@@ -1098,193 +1123,180 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFB2B2B2"/>
       </left>
       <right style="thin">
         <color rgb="FFB2B2B2"/>
       </right>
       <top style="thin">
         <color rgb="FFB2B2B2"/>
       </top>
       <bottom style="thin">
         <color rgb="FFB2B2B2"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="thin">
+      <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="thin">
+      <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
-      <top style="thin">
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="thin">
+      <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
-      <bottom style="thin">
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="thin">
+      <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
-      <bottom style="thin">
-[...12 lines deleted...]
-      <bottom style="thin">
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="thin">
+      <right style="medium">
         <color indexed="64"/>
       </right>
-      <top style="medium">
-[...1 lines deleted...]
-      </top>
+      <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...11 lines deleted...]
-      </left>
       <right style="medium">
-        <color indexed="64"/>
-[...22 lines deleted...]
-      <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="28" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="124">
+  <cellXfs count="109">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="8" fontId="0" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
@@ -1324,53 +1336,50 @@
     <xf numFmtId="14" fontId="2" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="5" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="2" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="2" fillId="7" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="5" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="2" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="0" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="5" fillId="8" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1381,270 +1390,228 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="5" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="5" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="2" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...22 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="164" fontId="15" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="8" fontId="7" fillId="4" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="8" fontId="7" fillId="4" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="8" fontId="7" fillId="4" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="8" fontId="7" fillId="4" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...31 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="8" fontId="6" fillId="4" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="8" fontId="7" fillId="4" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="8" fontId="7" fillId="4" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="7" fillId="4" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="8" fontId="7" fillId="4" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="8" fontId="6" fillId="4" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="8" fontId="7" fillId="4" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="8" fontId="6" fillId="4" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="14" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="8" fontId="0" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="8" fontId="7" fillId="4" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="8" fontId="7" fillId="4" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="8" fontId="7" fillId="4" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="15" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="15" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Incorrecto" xfId="1" builtinId="27"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Notas" xfId="2" builtinId="10"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF008000"/>
       <color rgb="FF667667"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
@@ -1953,124 +1920,124 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:IC80"/>
+  <dimension ref="A1:IC84"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A4" workbookViewId="0">
-      <selection activeCell="M60" sqref="M60"/>
+    <sheetView tabSelected="1" topLeftCell="A52" workbookViewId="0">
+      <selection activeCell="G18" sqref="G18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="14.28515625" style="4" customWidth="1"/>
     <col min="3" max="3" width="12" style="4" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="33.5703125" style="45" customWidth="1"/>
+    <col min="4" max="4" width="33.5703125" style="44" customWidth="1"/>
     <col min="5" max="5" width="13.28515625" style="4" customWidth="1"/>
     <col min="6" max="6" width="8.7109375" style="8" customWidth="1"/>
     <col min="7" max="7" width="53.7109375" style="4" customWidth="1"/>
     <col min="8" max="8" width="11.42578125" style="4"/>
     <col min="9" max="9" width="13.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="14.85546875" style="4" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="14.42578125" style="4" customWidth="1"/>
     <col min="13" max="13" width="14.5703125" style="7" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="13.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="15" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:237" x14ac:dyDescent="0.25">
       <c r="A1" s="2"/>
       <c r="B1" s="25"/>
-      <c r="C1" s="90"/>
-[...1 lines deleted...]
-      <c r="E1" s="91" t="s">
+      <c r="C1" s="73"/>
+      <c r="D1" s="73"/>
+      <c r="E1" s="74" t="s">
         <v>14</v>
       </c>
-      <c r="F1" s="91"/>
-[...1 lines deleted...]
-      <c r="H1" s="91"/>
+      <c r="F1" s="74"/>
+      <c r="G1" s="74"/>
+      <c r="H1" s="74"/>
       <c r="I1" s="26"/>
       <c r="J1" s="26"/>
       <c r="K1" s="26"/>
       <c r="L1" s="26"/>
       <c r="M1" s="27"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
     </row>
     <row r="2" spans="1:237" x14ac:dyDescent="0.25">
       <c r="A2" s="2"/>
       <c r="B2" s="25"/>
       <c r="C2" s="26"/>
       <c r="D2" s="28"/>
-      <c r="E2" s="91"/>
-[...2 lines deleted...]
-      <c r="H2" s="91"/>
+      <c r="E2" s="74"/>
+      <c r="F2" s="74"/>
+      <c r="G2" s="74"/>
+      <c r="H2" s="74"/>
       <c r="I2" s="26"/>
       <c r="J2" s="26"/>
       <c r="K2" s="26"/>
       <c r="L2" s="26"/>
       <c r="M2" s="27"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
     </row>
     <row r="3" spans="1:237" x14ac:dyDescent="0.25">
       <c r="A3" s="2"/>
       <c r="B3" s="25"/>
       <c r="C3" s="26"/>
       <c r="D3" s="28"/>
-      <c r="E3" s="91"/>
-[...2 lines deleted...]
-      <c r="H3" s="91"/>
+      <c r="E3" s="74"/>
+      <c r="F3" s="74"/>
+      <c r="G3" s="74"/>
+      <c r="H3" s="74"/>
       <c r="I3" s="26"/>
       <c r="J3" s="26"/>
       <c r="K3" s="26"/>
       <c r="L3" s="26"/>
       <c r="M3" s="27"/>
       <c r="N3" s="2"/>
       <c r="O3" s="2"/>
       <c r="P3" s="2"/>
       <c r="Q3" s="2"/>
     </row>
     <row r="4" spans="1:237" x14ac:dyDescent="0.25">
       <c r="A4" s="2"/>
       <c r="B4" s="25"/>
       <c r="C4" s="26"/>
       <c r="D4" s="28"/>
       <c r="E4" s="26"/>
       <c r="F4" s="26"/>
       <c r="G4" s="26"/>
       <c r="H4" s="26"/>
       <c r="I4" s="26"/>
       <c r="J4" s="26"/>
       <c r="K4" s="26"/>
       <c r="L4" s="26"/>
       <c r="M4" s="27"/>
       <c r="N4" s="2"/>
@@ -2100,134 +2067,134 @@
       <c r="O5" s="2"/>
       <c r="P5" s="2"/>
       <c r="Q5" s="2"/>
     </row>
     <row r="6" spans="1:237" ht="9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="2"/>
       <c r="B6" s="25"/>
       <c r="C6" s="26"/>
       <c r="D6" s="28"/>
       <c r="E6" s="26"/>
       <c r="F6" s="26"/>
       <c r="G6" s="26"/>
       <c r="H6" s="26"/>
       <c r="I6" s="26"/>
       <c r="J6" s="26"/>
       <c r="K6" s="26"/>
       <c r="L6" s="26"/>
       <c r="M6" s="27"/>
       <c r="N6" s="2"/>
       <c r="O6" s="2"/>
       <c r="P6" s="2"/>
       <c r="Q6" s="2"/>
     </row>
     <row r="7" spans="1:237" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="2"/>
-      <c r="B7" s="100" t="s">
+      <c r="B7" s="81" t="s">
         <v>44</v>
       </c>
-      <c r="C7" s="101"/>
-[...9 lines deleted...]
-      <c r="M7" s="102"/>
+      <c r="C7" s="82"/>
+      <c r="D7" s="82"/>
+      <c r="E7" s="82"/>
+      <c r="F7" s="82"/>
+      <c r="G7" s="82"/>
+      <c r="H7" s="82"/>
+      <c r="I7" s="82"/>
+      <c r="J7" s="82"/>
+      <c r="K7" s="82"/>
+      <c r="L7" s="82"/>
+      <c r="M7" s="83"/>
       <c r="N7" s="2"/>
       <c r="O7" s="2"/>
       <c r="P7" s="2"/>
       <c r="Q7" s="2"/>
     </row>
     <row r="8" spans="1:237" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="2"/>
-      <c r="B8" s="98" t="s">
+      <c r="B8" s="91" t="s">
         <v>12</v>
       </c>
-      <c r="C8" s="92" t="s">
+      <c r="C8" s="75" t="s">
         <v>8</v>
       </c>
-      <c r="D8" s="94" t="s">
+      <c r="D8" s="77" t="s">
         <v>0</v>
       </c>
-      <c r="E8" s="92" t="s">
+      <c r="E8" s="75" t="s">
         <v>1</v>
       </c>
-      <c r="F8" s="96" t="s">
+      <c r="F8" s="79" t="s">
         <v>2</v>
       </c>
-      <c r="G8" s="92" t="s">
+      <c r="G8" s="75" t="s">
         <v>3</v>
       </c>
-      <c r="H8" s="92" t="s">
+      <c r="H8" s="75" t="s">
         <v>4</v>
       </c>
-      <c r="I8" s="107" t="s">
+      <c r="I8" s="88" t="s">
         <v>7</v>
       </c>
-      <c r="J8" s="107"/>
-      <c r="K8" s="85" t="s">
+      <c r="J8" s="88"/>
+      <c r="K8" s="89" t="s">
         <v>6</v>
       </c>
-      <c r="L8" s="103" t="s">
+      <c r="L8" s="84" t="s">
         <v>23</v>
       </c>
-      <c r="M8" s="105" t="s">
+      <c r="M8" s="86" t="s">
         <v>5</v>
       </c>
       <c r="N8" s="2"/>
       <c r="O8" s="2"/>
       <c r="P8" s="2"/>
       <c r="Q8" s="2"/>
     </row>
     <row r="9" spans="1:237" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="2"/>
-      <c r="B9" s="99"/>
-[...6 lines deleted...]
-      <c r="I9" s="81" t="s">
+      <c r="B9" s="92"/>
+      <c r="C9" s="76"/>
+      <c r="D9" s="78"/>
+      <c r="E9" s="76"/>
+      <c r="F9" s="80"/>
+      <c r="G9" s="76"/>
+      <c r="H9" s="76"/>
+      <c r="I9" s="62" t="s">
         <v>10</v>
       </c>
-      <c r="J9" s="81" t="s">
+      <c r="J9" s="62" t="s">
         <v>9</v>
       </c>
-      <c r="K9" s="86"/>
-[...1 lines deleted...]
-      <c r="M9" s="106"/>
+      <c r="K9" s="90"/>
+      <c r="L9" s="85"/>
+      <c r="M9" s="87"/>
       <c r="N9" s="2"/>
       <c r="O9" s="2"/>
       <c r="P9" s="2"/>
       <c r="Q9" s="2"/>
     </row>
-    <row r="10" spans="1:237" s="30" customFormat="1" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:237" s="30" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A10" s="2"/>
       <c r="B10" s="11">
         <v>2025002452</v>
       </c>
       <c r="C10" s="12" t="s">
         <v>18</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>92</v>
       </c>
       <c r="E10" s="13" t="s">
         <v>17</v>
       </c>
       <c r="F10" s="14" t="s">
         <v>25</v>
       </c>
       <c r="G10" s="12" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="12" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="15">
         <v>186.69</v>
       </c>
@@ -2447,82 +2414,82 @@
       <c r="HH10" s="1"/>
       <c r="HI10" s="1"/>
       <c r="HJ10" s="1"/>
       <c r="HK10" s="1"/>
       <c r="HL10" s="1"/>
       <c r="HM10" s="1"/>
       <c r="HN10" s="1"/>
       <c r="HO10" s="1"/>
       <c r="HP10" s="1"/>
       <c r="HQ10" s="1"/>
       <c r="HR10" s="1"/>
       <c r="HS10" s="1"/>
       <c r="HT10" s="1"/>
       <c r="HU10" s="1"/>
       <c r="HV10" s="1"/>
       <c r="HW10" s="1"/>
       <c r="HX10" s="1"/>
       <c r="HY10" s="1"/>
       <c r="HZ10" s="1"/>
       <c r="IA10" s="1"/>
       <c r="IB10" s="1"/>
       <c r="IC10" s="1"/>
     </row>
     <row r="11" spans="1:237" s="30" customFormat="1" ht="36.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="2"/>
-      <c r="B11" s="47">
+      <c r="B11" s="46">
         <v>2025012614</v>
       </c>
       <c r="C11" s="21" t="s">
         <v>18</v>
       </c>
-      <c r="D11" s="9" t="s">
+      <c r="D11" s="63" t="s">
         <v>92</v>
       </c>
       <c r="E11" s="22" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="23" t="s">
         <v>36</v>
       </c>
       <c r="G11" s="21" t="s">
         <v>37</v>
       </c>
       <c r="H11" s="21" t="s">
         <v>38</v>
       </c>
       <c r="I11" s="24">
         <v>80.010000000000005</v>
       </c>
       <c r="J11" s="24">
         <v>139</v>
       </c>
       <c r="K11" s="24">
         <v>580.15</v>
       </c>
       <c r="L11" s="24"/>
-      <c r="M11" s="76">
+      <c r="M11" s="99">
         <f>SUM(I11:L11)</f>
         <v>799.16</v>
       </c>
       <c r="N11" s="2"/>
       <c r="O11" s="2"/>
       <c r="P11" s="2"/>
       <c r="Q11" s="2"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
       <c r="X11" s="1"/>
       <c r="Y11" s="1"/>
       <c r="Z11" s="1"/>
       <c r="AA11" s="1"/>
       <c r="AB11" s="1"/>
       <c r="AC11" s="1"/>
       <c r="AD11" s="1"/>
       <c r="AE11" s="1"/>
       <c r="AF11" s="1"/>
       <c r="AG11" s="1"/>
       <c r="AH11" s="1"/>
       <c r="AI11" s="1"/>
@@ -2709,2049 +2676,2220 @@
       <c r="HH11" s="1"/>
       <c r="HI11" s="1"/>
       <c r="HJ11" s="1"/>
       <c r="HK11" s="1"/>
       <c r="HL11" s="1"/>
       <c r="HM11" s="1"/>
       <c r="HN11" s="1"/>
       <c r="HO11" s="1"/>
       <c r="HP11" s="1"/>
       <c r="HQ11" s="1"/>
       <c r="HR11" s="1"/>
       <c r="HS11" s="1"/>
       <c r="HT11" s="1"/>
       <c r="HU11" s="1"/>
       <c r="HV11" s="1"/>
       <c r="HW11" s="1"/>
       <c r="HX11" s="1"/>
       <c r="HY11" s="1"/>
       <c r="HZ11" s="1"/>
       <c r="IA11" s="1"/>
       <c r="IB11" s="1"/>
       <c r="IC11" s="1"/>
     </row>
     <row r="12" spans="1:237" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="2"/>
-      <c r="B12" s="87" t="s">
+      <c r="B12" s="100" t="s">
         <v>13</v>
       </c>
-      <c r="C12" s="88"/>
-[...9 lines deleted...]
-      <c r="M12" s="65">
+      <c r="C12" s="101"/>
+      <c r="D12" s="101"/>
+      <c r="E12" s="101"/>
+      <c r="F12" s="101"/>
+      <c r="G12" s="101"/>
+      <c r="H12" s="101"/>
+      <c r="I12" s="101"/>
+      <c r="J12" s="101"/>
+      <c r="K12" s="101"/>
+      <c r="L12" s="102"/>
+      <c r="M12" s="98">
         <f>SUM(M10:M11)</f>
         <v>2008.5900000000001</v>
       </c>
       <c r="N12" s="2"/>
       <c r="O12" s="2"/>
       <c r="P12" s="2"/>
       <c r="Q12" s="2"/>
     </row>
     <row r="13" spans="1:237" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="2"/>
-      <c r="B13" s="75">
+      <c r="B13" s="11">
         <v>2025002211</v>
       </c>
-      <c r="C13" s="64" t="s">
+      <c r="C13" s="12" t="s">
         <v>18</v>
       </c>
-      <c r="D13" s="74" t="s">
+      <c r="D13" s="103" t="s">
         <v>66</v>
       </c>
-      <c r="E13" s="70" t="s">
+      <c r="E13" s="13" t="s">
         <v>15</v>
       </c>
-      <c r="F13" s="71" t="s">
+      <c r="F13" s="14" t="s">
         <v>46</v>
       </c>
-      <c r="G13" s="64" t="s">
+      <c r="G13" s="12" t="s">
         <v>24</v>
       </c>
-      <c r="H13" s="64" t="s">
+      <c r="H13" s="12" t="s">
         <v>16</v>
       </c>
-      <c r="I13" s="72">
+      <c r="I13" s="15">
         <v>160.02000000000001</v>
       </c>
-      <c r="J13" s="72">
+      <c r="J13" s="15">
         <v>915</v>
       </c>
-      <c r="K13" s="72">
+      <c r="K13" s="15">
         <v>271.45999999999998</v>
       </c>
-      <c r="L13" s="72"/>
-      <c r="M13" s="76">
+      <c r="L13" s="15"/>
+      <c r="M13" s="16">
         <f>K13+L13+I13+J13</f>
         <v>1346.48</v>
       </c>
       <c r="N13" s="2"/>
       <c r="O13" s="2"/>
       <c r="P13" s="2"/>
       <c r="Q13" s="2"/>
     </row>
     <row r="14" spans="1:237" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="2"/>
-      <c r="B14" s="49">
+      <c r="B14" s="48">
         <v>2025012791</v>
       </c>
       <c r="C14" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="D14" s="48" t="s">
+      <c r="D14" s="47" t="s">
         <v>66</v>
       </c>
       <c r="E14" s="18" t="s">
         <v>15</v>
       </c>
-      <c r="F14" s="46" t="s">
+      <c r="F14" s="45" t="s">
         <v>45</v>
       </c>
       <c r="G14" s="17" t="s">
         <v>31</v>
       </c>
       <c r="H14" s="17" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="19">
         <v>53.34</v>
       </c>
       <c r="J14" s="19">
         <v>156</v>
       </c>
       <c r="K14" s="19">
         <v>177.75</v>
       </c>
       <c r="L14" s="19"/>
-      <c r="M14" s="76">
+      <c r="M14" s="20">
         <f t="shared" ref="M14:M23" si="0">K14+L14+I14+J14</f>
         <v>387.09000000000003</v>
       </c>
       <c r="N14" s="2"/>
       <c r="O14" s="2"/>
       <c r="P14" s="2"/>
       <c r="Q14" s="2"/>
     </row>
     <row r="15" spans="1:237" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="2"/>
-      <c r="B15" s="49">
+      <c r="B15" s="48">
         <v>2025008413</v>
       </c>
       <c r="C15" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="D15" s="48" t="s">
+      <c r="D15" s="47" t="s">
         <v>66</v>
       </c>
       <c r="E15" s="18" t="s">
         <v>15</v>
       </c>
-      <c r="F15" s="46" t="s">
+      <c r="F15" s="45" t="s">
         <v>80</v>
       </c>
       <c r="G15" s="17" t="s">
         <v>48</v>
       </c>
       <c r="H15" s="17" t="s">
         <v>47</v>
       </c>
       <c r="I15" s="19">
         <v>156.12</v>
       </c>
       <c r="J15" s="19">
         <v>594</v>
       </c>
       <c r="K15" s="19">
         <v>849.31</v>
       </c>
       <c r="L15" s="19">
         <v>80</v>
       </c>
-      <c r="M15" s="76">
+      <c r="M15" s="20">
         <f t="shared" si="0"/>
         <v>1679.4299999999998</v>
       </c>
       <c r="N15" s="2"/>
       <c r="O15" s="2"/>
       <c r="P15" s="2"/>
       <c r="Q15" s="2"/>
     </row>
     <row r="16" spans="1:237" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="2"/>
-      <c r="B16" s="49">
+      <c r="B16" s="48">
         <v>2025023151</v>
       </c>
       <c r="C16" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="D16" s="48" t="s">
+      <c r="D16" s="47" t="s">
         <v>66</v>
       </c>
       <c r="E16" s="18" t="s">
         <v>15</v>
       </c>
-      <c r="F16" s="46" t="s">
+      <c r="F16" s="45" t="s">
         <v>81</v>
       </c>
       <c r="G16" s="17" t="s">
         <v>42</v>
       </c>
       <c r="H16" s="17" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="19">
         <v>53.34</v>
       </c>
       <c r="J16" s="19">
         <v>243</v>
       </c>
       <c r="K16" s="19">
         <v>313.75</v>
       </c>
       <c r="L16" s="19"/>
-      <c r="M16" s="76">
+      <c r="M16" s="20">
         <f t="shared" si="0"/>
         <v>610.09</v>
       </c>
       <c r="N16" s="2"/>
       <c r="O16" s="2"/>
       <c r="P16" s="2"/>
       <c r="Q16" s="2"/>
     </row>
     <row r="17" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="2"/>
-      <c r="B17" s="49">
+      <c r="B17" s="48">
         <v>2025027292</v>
       </c>
       <c r="C17" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="D17" s="48" t="s">
+      <c r="D17" s="47" t="s">
         <v>66</v>
       </c>
       <c r="E17" s="18" t="s">
         <v>15</v>
       </c>
-      <c r="F17" s="46" t="s">
+      <c r="F17" s="45" t="s">
         <v>79</v>
       </c>
       <c r="G17" s="17" t="s">
         <v>49</v>
       </c>
       <c r="H17" s="17" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="19">
         <v>26.67</v>
       </c>
       <c r="J17" s="19"/>
       <c r="K17" s="19">
         <v>432.88</v>
       </c>
       <c r="L17" s="19"/>
-      <c r="M17" s="76">
+      <c r="M17" s="20">
         <f t="shared" si="0"/>
         <v>459.55</v>
       </c>
       <c r="N17" s="2"/>
       <c r="O17" s="2"/>
       <c r="P17" s="2"/>
       <c r="Q17" s="2"/>
     </row>
     <row r="18" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="2"/>
-      <c r="B18" s="49">
+      <c r="B18" s="48">
         <v>2025027312</v>
       </c>
       <c r="C18" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="D18" s="48" t="s">
+      <c r="D18" s="47" t="s">
         <v>66</v>
       </c>
       <c r="E18" s="18" t="s">
         <v>15</v>
       </c>
-      <c r="F18" s="46" t="s">
+      <c r="F18" s="45" t="s">
         <v>78</v>
       </c>
       <c r="G18" s="17" t="s">
         <v>50</v>
       </c>
       <c r="H18" s="17" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="19"/>
       <c r="J18" s="19"/>
       <c r="K18" s="19">
         <v>199.75</v>
       </c>
       <c r="L18" s="19"/>
-      <c r="M18" s="76">
+      <c r="M18" s="20">
         <f t="shared" si="0"/>
         <v>199.75</v>
       </c>
       <c r="N18" s="2"/>
       <c r="O18" s="2"/>
       <c r="P18" s="2"/>
       <c r="Q18" s="2"/>
     </row>
     <row r="19" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="2"/>
-      <c r="B19" s="49">
+      <c r="B19" s="48">
         <v>2025035172</v>
       </c>
       <c r="C19" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="D19" s="48" t="s">
+      <c r="D19" s="47" t="s">
         <v>66</v>
       </c>
       <c r="E19" s="18" t="s">
         <v>15</v>
       </c>
-      <c r="F19" s="46" t="s">
+      <c r="F19" s="45" t="s">
         <v>82</v>
       </c>
       <c r="G19" s="17" t="s">
         <v>54</v>
       </c>
       <c r="H19" s="17" t="s">
         <v>55</v>
       </c>
       <c r="I19" s="19"/>
       <c r="J19" s="19"/>
       <c r="K19" s="19">
         <v>738.46</v>
       </c>
       <c r="L19" s="19"/>
-      <c r="M19" s="76">
+      <c r="M19" s="20">
         <f t="shared" si="0"/>
         <v>738.46</v>
       </c>
       <c r="N19" s="2"/>
       <c r="O19" s="2"/>
       <c r="P19" s="2"/>
       <c r="Q19" s="2"/>
     </row>
     <row r="20" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="2"/>
-      <c r="B20" s="49">
+      <c r="B20" s="48">
         <v>2025043027</v>
       </c>
       <c r="C20" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="D20" s="48" t="s">
+      <c r="D20" s="47" t="s">
         <v>66</v>
       </c>
       <c r="E20" s="18" t="s">
         <v>15</v>
       </c>
-      <c r="F20" s="46" t="s">
+      <c r="F20" s="45" t="s">
         <v>83</v>
       </c>
       <c r="G20" s="17" t="s">
         <v>56</v>
       </c>
       <c r="H20" s="17" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="19">
         <v>26.67</v>
       </c>
       <c r="J20" s="19"/>
       <c r="K20" s="19">
         <v>365.75</v>
       </c>
       <c r="L20" s="19"/>
-      <c r="M20" s="76">
+      <c r="M20" s="20">
         <f t="shared" si="0"/>
         <v>392.42</v>
       </c>
       <c r="N20" s="2"/>
       <c r="O20" s="2"/>
       <c r="P20" s="2"/>
       <c r="Q20" s="2"/>
     </row>
     <row r="21" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="2"/>
-      <c r="B21" s="49">
+      <c r="B21" s="48">
         <v>2025032272</v>
       </c>
       <c r="C21" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="D21" s="48" t="s">
+      <c r="D21" s="47" t="s">
         <v>66</v>
       </c>
       <c r="E21" s="18" t="s">
         <v>15</v>
       </c>
-      <c r="F21" s="46" t="s">
+      <c r="F21" s="45" t="s">
         <v>75</v>
       </c>
       <c r="G21" s="17" t="s">
         <v>57</v>
       </c>
       <c r="H21" s="17" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="19">
         <v>26.67</v>
       </c>
       <c r="J21" s="19"/>
       <c r="K21" s="19">
         <v>377.75</v>
       </c>
       <c r="L21" s="19"/>
-      <c r="M21" s="76">
+      <c r="M21" s="20">
         <f t="shared" si="0"/>
         <v>404.42</v>
       </c>
       <c r="N21" s="2"/>
       <c r="O21" s="2"/>
       <c r="P21" s="2"/>
       <c r="Q21" s="2"/>
     </row>
     <row r="22" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="2"/>
-      <c r="B22" s="49">
+      <c r="B22" s="48">
         <v>2025030390</v>
       </c>
       <c r="C22" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="D22" s="48" t="s">
+      <c r="D22" s="47" t="s">
         <v>66</v>
       </c>
       <c r="E22" s="18" t="s">
         <v>15</v>
       </c>
-      <c r="F22" s="46" t="s">
+      <c r="F22" s="45" t="s">
         <v>74</v>
       </c>
       <c r="G22" s="17" t="s">
         <v>58</v>
       </c>
       <c r="H22" s="17" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="19">
         <v>26.67</v>
       </c>
       <c r="J22" s="19"/>
       <c r="K22" s="19">
         <v>321.75</v>
       </c>
       <c r="L22" s="19"/>
-      <c r="M22" s="76">
+      <c r="M22" s="20">
         <f t="shared" si="0"/>
         <v>348.42</v>
       </c>
       <c r="N22" s="2"/>
       <c r="O22" s="2"/>
       <c r="P22" s="2"/>
       <c r="Q22" s="2"/>
     </row>
     <row r="23" spans="1:17" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="2"/>
-      <c r="B23" s="50">
+      <c r="B23" s="46">
         <v>2025049029</v>
       </c>
-      <c r="C23" s="51" t="s">
+      <c r="C23" s="21" t="s">
         <v>18</v>
       </c>
-      <c r="D23" s="52" t="s">
+      <c r="D23" s="104" t="s">
         <v>66</v>
       </c>
-      <c r="E23" s="53" t="s">
+      <c r="E23" s="22" t="s">
         <v>15</v>
       </c>
-      <c r="F23" s="54" t="s">
+      <c r="F23" s="23" t="s">
         <v>89</v>
       </c>
-      <c r="G23" s="51" t="s">
+      <c r="G23" s="21" t="s">
         <v>56</v>
       </c>
-      <c r="H23" s="51" t="s">
+      <c r="H23" s="21" t="s">
         <v>69</v>
       </c>
-      <c r="I23" s="55">
+      <c r="I23" s="24">
         <v>91.35</v>
       </c>
-      <c r="J23" s="55">
+      <c r="J23" s="24">
         <v>306</v>
       </c>
-      <c r="K23" s="55">
+      <c r="K23" s="24">
         <v>723.57</v>
       </c>
-      <c r="L23" s="55"/>
-      <c r="M23" s="76">
+      <c r="L23" s="24"/>
+      <c r="M23" s="99">
         <f t="shared" si="0"/>
         <v>1120.92</v>
       </c>
       <c r="N23" s="2"/>
       <c r="O23" s="2"/>
       <c r="P23" s="2"/>
       <c r="Q23" s="2"/>
     </row>
     <row r="24" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="2"/>
-      <c r="B24" s="87" t="s">
+      <c r="B24" s="100" t="s">
         <v>13</v>
       </c>
-      <c r="C24" s="88"/>
-[...9 lines deleted...]
-      <c r="M24" s="65">
+      <c r="C24" s="101"/>
+      <c r="D24" s="101"/>
+      <c r="E24" s="101"/>
+      <c r="F24" s="101"/>
+      <c r="G24" s="101"/>
+      <c r="H24" s="101"/>
+      <c r="I24" s="101"/>
+      <c r="J24" s="101"/>
+      <c r="K24" s="101"/>
+      <c r="L24" s="102"/>
+      <c r="M24" s="98">
         <f>SUM(M13:M23)</f>
         <v>7687.0300000000007</v>
       </c>
       <c r="N24" s="2"/>
       <c r="O24" s="2"/>
       <c r="P24" s="2"/>
       <c r="Q24" s="2"/>
     </row>
-    <row r="25" spans="1:17" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:17" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A25" s="2"/>
-      <c r="B25" s="31">
+      <c r="B25" s="105">
         <v>2025002218</v>
       </c>
-      <c r="C25" s="17" t="s">
+      <c r="C25" s="12" t="s">
         <v>18</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="E25" s="18" t="s">
+      <c r="E25" s="13" t="s">
         <v>17</v>
       </c>
       <c r="F25" s="14" t="s">
         <v>25</v>
       </c>
-      <c r="G25" s="17" t="s">
+      <c r="G25" s="12" t="s">
         <v>24</v>
       </c>
       <c r="H25" s="12" t="s">
         <v>16</v>
       </c>
-      <c r="I25" s="19">
+      <c r="I25" s="15">
         <v>106.68</v>
       </c>
-      <c r="J25" s="19">
+      <c r="J25" s="15">
         <v>640</v>
       </c>
-      <c r="K25" s="19">
+      <c r="K25" s="15">
         <v>342.74</v>
       </c>
-      <c r="L25" s="19">
+      <c r="L25" s="15">
         <v>47.3</v>
       </c>
-      <c r="M25" s="73">
+      <c r="M25" s="16">
         <f>I25+J25+K25+L25</f>
         <v>1136.72</v>
       </c>
       <c r="N25" s="2"/>
       <c r="O25" s="2"/>
       <c r="P25" s="2"/>
       <c r="Q25" s="2"/>
     </row>
-    <row r="26" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:17" ht="39" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="2"/>
-      <c r="B26" s="87" t="s">
-[...14 lines deleted...]
-        <v>1136.72</v>
+      <c r="B26" s="106">
+        <v>2025076369</v>
+      </c>
+      <c r="C26" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" s="63" t="s">
+        <v>91</v>
+      </c>
+      <c r="E26" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="F26" s="23" t="s">
+        <v>119</v>
+      </c>
+      <c r="G26" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="H26" s="21" t="s">
+        <v>118</v>
+      </c>
+      <c r="I26" s="24">
+        <f>26.67+64.91+64.91+46.68+46.68</f>
+        <v>249.85000000000002</v>
+      </c>
+      <c r="J26" s="24">
+        <v>603.99</v>
+      </c>
+      <c r="K26" s="24">
+        <v>2486.11</v>
+      </c>
+      <c r="L26" s="24"/>
+      <c r="M26" s="99">
+        <f>I26+J26+K26+L26</f>
+        <v>3339.9500000000003</v>
       </c>
       <c r="N26" s="2"/>
       <c r="O26" s="2"/>
       <c r="P26" s="2"/>
       <c r="Q26" s="2"/>
     </row>
-    <row r="27" spans="1:17" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="2"/>
-      <c r="B27" s="75">
-[...34 lines deleted...]
-        <v>1220.99</v>
+      <c r="B27" s="100" t="s">
+        <v>13</v>
+      </c>
+      <c r="C27" s="101"/>
+      <c r="D27" s="101"/>
+      <c r="E27" s="101"/>
+      <c r="F27" s="101"/>
+      <c r="G27" s="101"/>
+      <c r="H27" s="101"/>
+      <c r="I27" s="101"/>
+      <c r="J27" s="101"/>
+      <c r="K27" s="101"/>
+      <c r="L27" s="102"/>
+      <c r="M27" s="98">
+        <f>M25+M26</f>
+        <v>4476.67</v>
       </c>
       <c r="N27" s="2"/>
       <c r="O27" s="2"/>
       <c r="P27" s="2"/>
       <c r="Q27" s="2"/>
     </row>
-    <row r="28" spans="1:17" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:17" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A28" s="2"/>
-      <c r="B28" s="50">
-[...2 lines deleted...]
-      <c r="C28" s="51" t="s">
+      <c r="B28" s="11">
+        <v>2025002217</v>
+      </c>
+      <c r="C28" s="12" t="s">
         <v>18</v>
       </c>
-      <c r="D28" s="63" t="s">
+      <c r="D28" s="9" t="s">
         <v>67</v>
       </c>
-      <c r="E28" s="53" t="s">
+      <c r="E28" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="F28" s="54" t="s">
-[...5 lines deleted...]
-      <c r="H28" s="51" t="s">
+      <c r="F28" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="G28" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="H28" s="12" t="s">
         <v>16</v>
       </c>
-      <c r="I28" s="55">
-[...9 lines deleted...]
-      <c r="M28" s="56">
+      <c r="I28" s="15">
+        <v>133.35</v>
+      </c>
+      <c r="J28" s="15">
+        <v>668</v>
+      </c>
+      <c r="K28" s="15">
+        <v>372.34</v>
+      </c>
+      <c r="L28" s="15">
+        <v>47.3</v>
+      </c>
+      <c r="M28" s="16">
         <f>K28+L28+I28+J28</f>
-        <v>431.09000000000003</v>
+        <v>1220.99</v>
       </c>
       <c r="N28" s="2"/>
       <c r="O28" s="2"/>
       <c r="P28" s="2"/>
       <c r="Q28" s="2"/>
     </row>
-    <row r="29" spans="1:17" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:17" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A29" s="2"/>
-      <c r="B29" s="87" t="s">
-[...16 lines deleted...]
-      <c r="N29" s="3"/>
+      <c r="B29" s="48">
+        <v>2025009847</v>
+      </c>
+      <c r="C29" s="17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="E29" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F29" s="45" t="s">
+        <v>29</v>
+      </c>
+      <c r="G29" s="17" t="s">
+        <v>30</v>
+      </c>
+      <c r="H29" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="I29" s="19">
+        <v>53.34</v>
+      </c>
+      <c r="J29" s="19">
+        <v>240</v>
+      </c>
+      <c r="K29" s="19">
+        <v>137.75</v>
+      </c>
+      <c r="L29" s="19"/>
+      <c r="M29" s="20">
+        <f t="shared" ref="M29:M30" si="1">K29+L29+I29+J29</f>
+        <v>431.09000000000003</v>
+      </c>
+      <c r="N29" s="2"/>
       <c r="O29" s="2"/>
       <c r="P29" s="2"/>
       <c r="Q29" s="2"/>
     </row>
-    <row r="30" spans="1:17" ht="36.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:17" ht="39" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="2"/>
-      <c r="B30" s="32">
-[...2 lines deleted...]
-      <c r="C30" s="33" t="s">
+      <c r="B30" s="46">
+        <v>2025076375</v>
+      </c>
+      <c r="C30" s="21" t="s">
         <v>18</v>
       </c>
-      <c r="D30" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E30" s="34" t="s">
+      <c r="D30" s="63" t="s">
+        <v>67</v>
+      </c>
+      <c r="E30" s="22" t="s">
         <v>17</v>
       </c>
-      <c r="F30" s="35" t="s">
-[...14 lines deleted...]
-        <v>514.75</v>
+      <c r="F30" s="23" t="s">
+        <v>119</v>
+      </c>
+      <c r="G30" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="H30" s="21" t="s">
+        <v>118</v>
+      </c>
+      <c r="I30" s="24">
+        <f>26.67+64.91+64.91+46.68+46.68</f>
+        <v>249.85000000000002</v>
+      </c>
+      <c r="J30" s="24">
+        <v>603.99</v>
+      </c>
+      <c r="K30" s="24">
+        <v>2334.11</v>
+      </c>
+      <c r="L30" s="24"/>
+      <c r="M30" s="99">
+        <f t="shared" si="1"/>
+        <v>3187.95</v>
       </c>
       <c r="N30" s="2"/>
       <c r="O30" s="2"/>
       <c r="P30" s="2"/>
       <c r="Q30" s="2"/>
     </row>
-    <row r="31" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:17" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="2"/>
-      <c r="B31" s="87" t="s">
+      <c r="B31" s="94" t="s">
         <v>13</v>
       </c>
-      <c r="C31" s="88"/>
-[...13 lines deleted...]
-      <c r="N31" s="2"/>
+      <c r="C31" s="95"/>
+      <c r="D31" s="95"/>
+      <c r="E31" s="95"/>
+      <c r="F31" s="95"/>
+      <c r="G31" s="95"/>
+      <c r="H31" s="95"/>
+      <c r="I31" s="95"/>
+      <c r="J31" s="95"/>
+      <c r="K31" s="95"/>
+      <c r="L31" s="96"/>
+      <c r="M31" s="97">
+        <f>M28+M29+M30</f>
+        <v>4840.03</v>
+      </c>
+      <c r="N31" s="3"/>
       <c r="O31" s="2"/>
       <c r="P31" s="2"/>
       <c r="Q31" s="2"/>
     </row>
-    <row r="32" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:17" ht="36.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="2"/>
-      <c r="B32" s="75">
-[...2 lines deleted...]
-      <c r="C32" s="64" t="s">
+      <c r="B32" s="31">
+        <v>2025012598</v>
+      </c>
+      <c r="C32" s="32" t="s">
         <v>18</v>
       </c>
-      <c r="D32" s="69" t="s">
-[...22 lines deleted...]
-      <c r="M32" s="76">
+      <c r="D32" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="E32" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="F32" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="G32" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="H32" s="32"/>
+      <c r="I32" s="35"/>
+      <c r="J32" s="35"/>
+      <c r="K32" s="35">
+        <v>514.75</v>
+      </c>
+      <c r="L32" s="35"/>
+      <c r="M32" s="36">
         <f>K32+L32+I32+J32</f>
-        <v>182.67000000000002</v>
+        <v>514.75</v>
       </c>
       <c r="N32" s="2"/>
       <c r="O32" s="2"/>
       <c r="P32" s="2"/>
       <c r="Q32" s="2"/>
     </row>
-    <row r="33" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="2"/>
-      <c r="B33" s="49">
-[...32 lines deleted...]
-        <v>930.62</v>
+      <c r="B33" s="70" t="s">
+        <v>13</v>
+      </c>
+      <c r="C33" s="71"/>
+      <c r="D33" s="71"/>
+      <c r="E33" s="71"/>
+      <c r="F33" s="71"/>
+      <c r="G33" s="71"/>
+      <c r="H33" s="71"/>
+      <c r="I33" s="71"/>
+      <c r="J33" s="71"/>
+      <c r="K33" s="71"/>
+      <c r="L33" s="72"/>
+      <c r="M33" s="93">
+        <f>M32</f>
+        <v>514.75</v>
       </c>
       <c r="N33" s="2"/>
       <c r="O33" s="2"/>
       <c r="P33" s="2"/>
       <c r="Q33" s="2"/>
     </row>
     <row r="34" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="2"/>
-      <c r="B34" s="49">
-[...2 lines deleted...]
-      <c r="C34" s="17" t="s">
+      <c r="B34" s="11">
+        <v>2025007396</v>
+      </c>
+      <c r="C34" s="12" t="s">
         <v>18</v>
       </c>
-      <c r="D34" s="5" t="s">
+      <c r="D34" s="9" t="s">
         <v>65</v>
       </c>
-      <c r="E34" s="18" t="s">
+      <c r="E34" s="13" t="s">
         <v>19</v>
       </c>
-      <c r="F34" s="46" t="s">
-[...20 lines deleted...]
-        <v>638.79</v>
+      <c r="F34" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="G34" s="12" t="s">
+        <v>28</v>
+      </c>
+      <c r="H34" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="I34" s="15">
+        <v>26.67</v>
+      </c>
+      <c r="J34" s="15"/>
+      <c r="K34" s="15">
+        <v>156</v>
+      </c>
+      <c r="L34" s="15"/>
+      <c r="M34" s="16">
+        <f>K34+L34+I34+J34</f>
+        <v>182.67000000000002</v>
       </c>
       <c r="N34" s="2"/>
       <c r="O34" s="2"/>
       <c r="P34" s="2"/>
       <c r="Q34" s="2"/>
     </row>
     <row r="35" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="2"/>
-      <c r="B35" s="49">
-        <v>2025022177</v>
+      <c r="B35" s="48">
+        <v>2025002165</v>
       </c>
       <c r="C35" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E35" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="F35" s="46" t="s">
-        <v>40</v>
+      <c r="F35" s="45" t="s">
+        <v>25</v>
       </c>
       <c r="G35" s="17" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="H35" s="17" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="I35" s="19">
-        <v>80.010000000000005</v>
-[...1 lines deleted...]
-      <c r="J35" s="19"/>
+        <v>106.68</v>
+      </c>
+      <c r="J35" s="19">
+        <v>640</v>
+      </c>
       <c r="K35" s="19">
-        <v>110</v>
+        <v>183.94</v>
       </c>
       <c r="L35" s="19"/>
-      <c r="M35" s="76">
-[...1 lines deleted...]
-        <v>190.01</v>
+      <c r="M35" s="20">
+        <f t="shared" ref="M35:M48" si="2">K35+L35+I35+J35</f>
+        <v>930.62</v>
       </c>
       <c r="N35" s="2"/>
       <c r="O35" s="2"/>
       <c r="P35" s="2"/>
       <c r="Q35" s="2"/>
     </row>
-    <row r="36" spans="1:17" ht="36" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="2"/>
-      <c r="B36" s="49">
-        <v>2025029579</v>
+      <c r="B36" s="48">
+        <v>2025014380</v>
       </c>
       <c r="C36" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E36" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="F36" s="46" t="s">
-        <v>84</v>
+      <c r="F36" s="45" t="s">
+        <v>34</v>
       </c>
       <c r="G36" s="17" t="s">
-        <v>51</v>
+        <v>32</v>
       </c>
       <c r="H36" s="17" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="I36" s="19">
-        <v>561</v>
+        <v>80.010000000000005</v>
       </c>
       <c r="J36" s="19">
-        <v>182.7</v>
+        <v>385</v>
       </c>
       <c r="K36" s="19">
-        <v>203.61</v>
+        <v>173.78</v>
       </c>
       <c r="L36" s="19"/>
-      <c r="M36" s="76">
-[...1 lines deleted...]
-        <v>947.31</v>
+      <c r="M36" s="20">
+        <f t="shared" si="2"/>
+        <v>638.79</v>
       </c>
       <c r="N36" s="2"/>
       <c r="O36" s="2"/>
       <c r="P36" s="2"/>
       <c r="Q36" s="2"/>
     </row>
-    <row r="37" spans="1:17" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="2"/>
-      <c r="B37" s="49">
-        <v>2025031745</v>
+      <c r="B37" s="48">
+        <v>2025022177</v>
       </c>
       <c r="C37" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E37" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="F37" s="46" t="s">
-        <v>85</v>
+      <c r="F37" s="45" t="s">
+        <v>40</v>
       </c>
       <c r="G37" s="17" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="H37" s="17" t="s">
-        <v>77</v>
+        <v>41</v>
       </c>
       <c r="I37" s="19">
-        <v>390</v>
-[...3 lines deleted...]
-      </c>
+        <v>80.010000000000005</v>
+      </c>
+      <c r="J37" s="19"/>
       <c r="K37" s="19">
-        <v>926.74</v>
+        <v>110</v>
       </c>
       <c r="L37" s="19"/>
-      <c r="M37" s="76">
-[...1 lines deleted...]
-        <v>1433.94</v>
+      <c r="M37" s="20">
+        <f t="shared" si="2"/>
+        <v>190.01</v>
       </c>
       <c r="N37" s="2"/>
       <c r="O37" s="2"/>
       <c r="P37" s="2"/>
       <c r="Q37" s="2"/>
     </row>
-    <row r="38" spans="1:17" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:17" ht="36" x14ac:dyDescent="0.25">
       <c r="A38" s="2"/>
-      <c r="B38" s="49">
-        <v>2025008445</v>
+      <c r="B38" s="48">
+        <v>2025029579</v>
       </c>
       <c r="C38" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E38" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="F38" s="46" t="s">
-[...3 lines deleted...]
-        <v>59</v>
+      <c r="F38" s="45" t="s">
+        <v>84</v>
+      </c>
+      <c r="G38" s="17" t="s">
+        <v>51</v>
       </c>
       <c r="H38" s="17" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="I38" s="19">
-        <v>378.63</v>
+        <v>561</v>
       </c>
       <c r="J38" s="19">
-        <v>435</v>
+        <v>182.7</v>
       </c>
       <c r="K38" s="19">
-        <v>6120.6</v>
+        <v>203.61</v>
       </c>
       <c r="L38" s="19"/>
-      <c r="M38" s="76">
-[...1 lines deleted...]
-        <v>6934.2300000000005</v>
+      <c r="M38" s="20">
+        <f t="shared" si="2"/>
+        <v>947.31</v>
       </c>
       <c r="N38" s="2"/>
       <c r="O38" s="2"/>
       <c r="P38" s="2"/>
       <c r="Q38" s="2"/>
     </row>
-    <row r="39" spans="1:17" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:17" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A39" s="2"/>
-      <c r="B39" s="49">
-        <v>2025045604</v>
+      <c r="B39" s="48">
+        <v>2025031745</v>
       </c>
       <c r="C39" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E39" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="F39" s="119" t="s">
-[...6 lines deleted...]
-        <v>16</v>
+      <c r="F39" s="45" t="s">
+        <v>85</v>
+      </c>
+      <c r="G39" s="17" t="s">
+        <v>53</v>
+      </c>
+      <c r="H39" s="17" t="s">
+        <v>77</v>
       </c>
       <c r="I39" s="19">
-        <v>26.67</v>
-[...1 lines deleted...]
-      <c r="J39" s="19"/>
+        <v>390</v>
+      </c>
+      <c r="J39" s="19">
+        <v>117.2</v>
+      </c>
       <c r="K39" s="19">
-        <v>624.59</v>
+        <v>926.74</v>
       </c>
       <c r="L39" s="19"/>
-      <c r="M39" s="76">
-[...1 lines deleted...]
-        <v>651.26</v>
+      <c r="M39" s="20">
+        <f t="shared" si="2"/>
+        <v>1433.94</v>
       </c>
       <c r="N39" s="2"/>
       <c r="O39" s="2"/>
       <c r="P39" s="2"/>
       <c r="Q39" s="2"/>
     </row>
     <row r="40" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="2"/>
-      <c r="B40" s="49">
-        <v>2025063492</v>
+      <c r="B40" s="48">
+        <v>2025008445</v>
       </c>
       <c r="C40" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E40" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="F40" s="46" t="s">
-[...3 lines deleted...]
-        <v>72</v>
+      <c r="F40" s="45" t="s">
+        <v>73</v>
+      </c>
+      <c r="G40" s="17" t="s">
+        <v>59</v>
       </c>
       <c r="H40" s="17" t="s">
-        <v>71</v>
+        <v>60</v>
       </c>
       <c r="I40" s="19">
-        <v>162.41999999999999</v>
+        <v>378.63</v>
       </c>
       <c r="J40" s="19">
-        <v>335</v>
+        <v>435</v>
       </c>
       <c r="K40" s="19">
-        <v>811.47</v>
+        <v>6120.6</v>
       </c>
       <c r="L40" s="19"/>
-      <c r="M40" s="76">
-[...1 lines deleted...]
-        <v>1308.8899999999999</v>
+      <c r="M40" s="20">
+        <f t="shared" si="2"/>
+        <v>6934.2300000000005</v>
       </c>
       <c r="N40" s="2"/>
       <c r="O40" s="2"/>
       <c r="P40" s="2"/>
       <c r="Q40" s="2"/>
     </row>
     <row r="41" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="2"/>
-      <c r="B41" s="49">
-        <v>2025061232</v>
+      <c r="B41" s="48">
+        <v>2025045604</v>
       </c>
       <c r="C41" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E41" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="F41" s="46" t="s">
-        <v>100</v>
+      <c r="F41" s="45" t="s">
+        <v>86</v>
       </c>
       <c r="G41" s="17" t="s">
-        <v>93</v>
+        <v>61</v>
       </c>
       <c r="H41" s="17" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="19">
         <v>26.67</v>
       </c>
       <c r="J41" s="19"/>
       <c r="K41" s="19">
-        <v>187.59</v>
+        <v>624.59</v>
       </c>
       <c r="L41" s="19"/>
-      <c r="M41" s="76">
-[...1 lines deleted...]
-        <v>214.26</v>
+      <c r="M41" s="20">
+        <f t="shared" si="2"/>
+        <v>651.26</v>
       </c>
       <c r="N41" s="2"/>
       <c r="O41" s="2"/>
       <c r="P41" s="2"/>
       <c r="Q41" s="2"/>
     </row>
     <row r="42" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="2"/>
-      <c r="B42" s="49">
-        <v>2025067157</v>
+      <c r="B42" s="48">
+        <v>2025063492</v>
       </c>
       <c r="C42" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E42" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="F42" s="46" t="s">
-        <v>99</v>
+      <c r="F42" s="45" t="s">
+        <v>70</v>
       </c>
       <c r="G42" s="17" t="s">
-        <v>98</v>
+        <v>72</v>
       </c>
       <c r="H42" s="17" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="I42" s="19">
-        <v>53.34</v>
+        <v>162.41999999999999</v>
       </c>
       <c r="J42" s="19">
-        <v>293</v>
+        <v>335</v>
       </c>
       <c r="K42" s="19">
-        <v>228</v>
+        <v>811.47</v>
       </c>
       <c r="L42" s="19"/>
-      <c r="M42" s="76">
-[...1 lines deleted...]
-        <v>574.34</v>
+      <c r="M42" s="20">
+        <f t="shared" si="2"/>
+        <v>1308.8899999999999</v>
       </c>
       <c r="N42" s="2"/>
       <c r="O42" s="2"/>
       <c r="P42" s="2"/>
       <c r="Q42" s="2"/>
     </row>
     <row r="43" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="2"/>
-      <c r="B43" s="49">
-        <v>2025067186</v>
+      <c r="B43" s="48">
+        <v>2025061232</v>
       </c>
       <c r="C43" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E43" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="F43" s="46" t="s">
-        <v>106</v>
+      <c r="F43" s="45" t="s">
+        <v>100</v>
       </c>
       <c r="G43" s="17" t="s">
-        <v>104</v>
+        <v>93</v>
       </c>
       <c r="H43" s="17" t="s">
-        <v>105</v>
+        <v>16</v>
       </c>
       <c r="I43" s="19">
-        <v>106.68</v>
-[...3 lines deleted...]
-      </c>
+        <v>26.67</v>
+      </c>
+      <c r="J43" s="19"/>
       <c r="K43" s="19">
-        <v>444.53</v>
+        <v>187.59</v>
       </c>
       <c r="L43" s="19"/>
-      <c r="M43" s="76">
-[...1 lines deleted...]
-        <v>1028.21</v>
+      <c r="M43" s="20">
+        <f t="shared" si="2"/>
+        <v>214.26</v>
       </c>
       <c r="N43" s="2"/>
       <c r="O43" s="2"/>
       <c r="P43" s="2"/>
       <c r="Q43" s="2"/>
     </row>
     <row r="44" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="2"/>
-      <c r="B44" s="49">
-        <v>2025070266</v>
+      <c r="B44" s="48">
+        <v>2025067157</v>
       </c>
       <c r="C44" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E44" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="F44" s="46" t="s">
-        <v>107</v>
+      <c r="F44" s="45" t="s">
+        <v>99</v>
       </c>
       <c r="G44" s="17" t="s">
-        <v>108</v>
+        <v>98</v>
       </c>
       <c r="H44" s="17" t="s">
-        <v>69</v>
+        <v>16</v>
       </c>
       <c r="I44" s="19">
-        <v>228.38</v>
+        <v>53.34</v>
       </c>
       <c r="J44" s="19">
-        <v>465</v>
+        <v>293</v>
       </c>
       <c r="K44" s="19">
-        <v>253.06</v>
+        <v>228</v>
       </c>
       <c r="L44" s="19"/>
-      <c r="M44" s="76">
-[...1 lines deleted...]
-        <v>946.44</v>
+      <c r="M44" s="20">
+        <f t="shared" si="2"/>
+        <v>574.34</v>
       </c>
       <c r="N44" s="2"/>
       <c r="O44" s="2"/>
       <c r="P44" s="2"/>
       <c r="Q44" s="2"/>
     </row>
-    <row r="45" spans="1:17" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="2"/>
-      <c r="B45" s="50">
-[...2 lines deleted...]
-      <c r="C45" s="51" t="s">
+      <c r="B45" s="48">
+        <v>2025067186</v>
+      </c>
+      <c r="C45" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="D45" s="63" t="s">
+      <c r="D45" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="E45" s="53" t="s">
+      <c r="E45" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="F45" s="54" t="s">
-[...18 lines deleted...]
-        <v>431.26</v>
+      <c r="F45" s="45" t="s">
+        <v>106</v>
+      </c>
+      <c r="G45" s="17" t="s">
+        <v>104</v>
+      </c>
+      <c r="H45" s="17" t="s">
+        <v>105</v>
+      </c>
+      <c r="I45" s="19">
+        <v>106.68</v>
+      </c>
+      <c r="J45" s="19">
+        <v>477</v>
+      </c>
+      <c r="K45" s="19">
+        <v>444.53</v>
+      </c>
+      <c r="L45" s="19"/>
+      <c r="M45" s="20">
+        <f t="shared" si="2"/>
+        <v>1028.21</v>
       </c>
       <c r="N45" s="2"/>
       <c r="O45" s="2"/>
       <c r="P45" s="2"/>
       <c r="Q45" s="2"/>
     </row>
-    <row r="46" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="2"/>
-      <c r="B46" s="87" t="s">
-[...14 lines deleted...]
-        <v>16412.23</v>
+      <c r="B46" s="48">
+        <v>2025070266</v>
+      </c>
+      <c r="C46" s="17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E46" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F46" s="45" t="s">
+        <v>107</v>
+      </c>
+      <c r="G46" s="17" t="s">
+        <v>108</v>
+      </c>
+      <c r="H46" s="17" t="s">
+        <v>69</v>
+      </c>
+      <c r="I46" s="19">
+        <v>228.38</v>
+      </c>
+      <c r="J46" s="19">
+        <v>465</v>
+      </c>
+      <c r="K46" s="19">
+        <v>253.06</v>
+      </c>
+      <c r="L46" s="19"/>
+      <c r="M46" s="20">
+        <f t="shared" si="2"/>
+        <v>946.44</v>
       </c>
       <c r="N46" s="2"/>
       <c r="O46" s="2"/>
       <c r="P46" s="2"/>
       <c r="Q46" s="2"/>
     </row>
-    <row r="47" spans="1:17" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="2"/>
-      <c r="B47" s="66">
-[...2 lines deleted...]
-      <c r="C47" s="57" t="s">
+      <c r="B47" s="48">
+        <v>2025075296</v>
+      </c>
+      <c r="C47" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="D47" s="61" t="s">
-[...11 lines deleted...]
-      <c r="H47" s="57" t="s">
+      <c r="D47" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E47" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F47" s="45" t="s">
+        <v>110</v>
+      </c>
+      <c r="G47" s="17" t="s">
+        <v>109</v>
+      </c>
+      <c r="H47" s="17" t="s">
         <v>16</v>
       </c>
-      <c r="I47" s="67">
-[...9 lines deleted...]
-        <v>352.72</v>
+      <c r="I47" s="19">
+        <v>26.67</v>
+      </c>
+      <c r="J47" s="19"/>
+      <c r="K47" s="19">
+        <v>404.59</v>
+      </c>
+      <c r="L47" s="19"/>
+      <c r="M47" s="20">
+        <f t="shared" si="2"/>
+        <v>431.26</v>
       </c>
       <c r="N47" s="2"/>
       <c r="O47" s="2"/>
       <c r="P47" s="2"/>
       <c r="Q47" s="2"/>
     </row>
-    <row r="48" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:17" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A48" s="2"/>
-      <c r="B48" s="111" t="s">
-[...14 lines deleted...]
-        <v>352.72</v>
+      <c r="B48" s="46">
+        <v>2025076367</v>
+      </c>
+      <c r="C48" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" s="63" t="s">
+        <v>65</v>
+      </c>
+      <c r="E48" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="F48" s="23" t="s">
+        <v>119</v>
+      </c>
+      <c r="G48" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="H48" s="21" t="s">
+        <v>118</v>
+      </c>
+      <c r="I48" s="24">
+        <v>249.85</v>
+      </c>
+      <c r="J48" s="24">
+        <v>603.99</v>
+      </c>
+      <c r="K48" s="24">
+        <v>2334.11</v>
+      </c>
+      <c r="L48" s="24"/>
+      <c r="M48" s="99">
+        <f t="shared" si="2"/>
+        <v>3187.95</v>
       </c>
       <c r="N48" s="2"/>
       <c r="O48" s="2"/>
       <c r="P48" s="2"/>
       <c r="Q48" s="2"/>
     </row>
-    <row r="49" spans="1:17" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A49" s="2"/>
-      <c r="B49" s="83">
-[...34 lines deleted...]
-        <v>1059.27</v>
+      <c r="B49" s="94" t="s">
+        <v>13</v>
+      </c>
+      <c r="C49" s="95"/>
+      <c r="D49" s="95"/>
+      <c r="E49" s="95"/>
+      <c r="F49" s="95"/>
+      <c r="G49" s="95"/>
+      <c r="H49" s="95"/>
+      <c r="I49" s="95"/>
+      <c r="J49" s="95"/>
+      <c r="K49" s="95"/>
+      <c r="L49" s="96"/>
+      <c r="M49" s="97">
+        <f>SUM(M34:M48)</f>
+        <v>19600.18</v>
       </c>
       <c r="N49" s="2"/>
       <c r="O49" s="2"/>
       <c r="P49" s="2"/>
       <c r="Q49" s="2"/>
     </row>
-    <row r="50" spans="1:17" ht="36" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:17" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A50" s="2"/>
-      <c r="B50" s="77">
-[...2 lines deleted...]
-      <c r="C50" s="17" t="s">
+      <c r="B50" s="55">
+        <v>2025034579</v>
+      </c>
+      <c r="C50" s="49" t="s">
         <v>18</v>
       </c>
-      <c r="D50" s="5" t="s">
-[...26 lines deleted...]
-        <v>1245.6300000000001</v>
+      <c r="D50" s="53" t="s">
+        <v>62</v>
+      </c>
+      <c r="E50" s="50" t="s">
+        <v>63</v>
+      </c>
+      <c r="F50" s="51" t="s">
+        <v>87</v>
+      </c>
+      <c r="G50" s="49" t="s">
+        <v>64</v>
+      </c>
+      <c r="H50" s="49" t="s">
+        <v>16</v>
+      </c>
+      <c r="I50" s="56">
+        <v>53.34</v>
+      </c>
+      <c r="J50" s="56"/>
+      <c r="K50" s="57">
+        <v>299.38</v>
+      </c>
+      <c r="L50" s="52"/>
+      <c r="M50" s="36">
+        <f>I50+J50+K50+L50</f>
+        <v>352.72</v>
       </c>
       <c r="N50" s="2"/>
       <c r="O50" s="2"/>
       <c r="P50" s="2"/>
       <c r="Q50" s="2"/>
     </row>
-    <row r="51" spans="1:17" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A51" s="2"/>
-      <c r="B51" s="77">
-[...32 lines deleted...]
-        <v>6934.2300000000005</v>
+      <c r="B51" s="70" t="s">
+        <v>13</v>
+      </c>
+      <c r="C51" s="71"/>
+      <c r="D51" s="71"/>
+      <c r="E51" s="71"/>
+      <c r="F51" s="71"/>
+      <c r="G51" s="71"/>
+      <c r="H51" s="71"/>
+      <c r="I51" s="71"/>
+      <c r="J51" s="71"/>
+      <c r="K51" s="71"/>
+      <c r="L51" s="72"/>
+      <c r="M51" s="93">
+        <f>M50</f>
+        <v>352.72</v>
       </c>
       <c r="N51" s="2"/>
       <c r="O51" s="2"/>
       <c r="P51" s="2"/>
       <c r="Q51" s="2"/>
     </row>
     <row r="52" spans="1:17" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A52" s="2"/>
-      <c r="B52" s="77">
-[...2 lines deleted...]
-      <c r="C52" s="17" t="s">
+      <c r="B52" s="64">
+        <v>2025002451</v>
+      </c>
+      <c r="C52" s="12" t="s">
         <v>18</v>
       </c>
-      <c r="D52" s="5" t="s">
+      <c r="D52" s="9" t="s">
         <v>90</v>
       </c>
-      <c r="E52" s="18" t="s">
+      <c r="E52" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="F52" s="46" t="s">
-[...5 lines deleted...]
-      <c r="H52" s="17" t="s">
+      <c r="F52" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="G52" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="H52" s="12" t="s">
         <v>16</v>
       </c>
-      <c r="I52" s="62">
-[...11 lines deleted...]
-        <v>716.31999999999994</v>
+      <c r="I52" s="65">
+        <v>106.68</v>
+      </c>
+      <c r="J52" s="65">
+        <v>595</v>
+      </c>
+      <c r="K52" s="65">
+        <v>310.29000000000002</v>
+      </c>
+      <c r="L52" s="15">
+        <v>47.3</v>
+      </c>
+      <c r="M52" s="16">
+        <f>I52+J52+K52+L52</f>
+        <v>1059.27</v>
       </c>
       <c r="N52" s="2"/>
       <c r="O52" s="2"/>
       <c r="P52" s="2"/>
       <c r="Q52" s="2"/>
     </row>
-    <row r="53" spans="1:17" ht="39" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:17" ht="36" x14ac:dyDescent="0.25">
       <c r="A53" s="2"/>
-      <c r="B53" s="78">
-[...2 lines deleted...]
-      <c r="C53" s="21" t="s">
+      <c r="B53" s="58">
+        <v>2025030013</v>
+      </c>
+      <c r="C53" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="D53" s="82" t="s">
+      <c r="D53" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="E53" s="22" t="s">
+      <c r="E53" s="18" t="s">
         <v>17</v>
       </c>
-      <c r="F53" s="23" t="s">
-[...8 lines deleted...]
-      <c r="I53" s="79">
+      <c r="F53" s="45" t="s">
+        <v>76</v>
+      </c>
+      <c r="G53" s="17" t="s">
+        <v>51</v>
+      </c>
+      <c r="H53" s="17" t="s">
+        <v>52</v>
+      </c>
+      <c r="I53" s="54">
+        <v>561</v>
+      </c>
+      <c r="J53" s="54">
         <v>228.38</v>
       </c>
-      <c r="J53" s="79">
-[...8 lines deleted...]
-        <v>1417.13</v>
+      <c r="K53" s="54">
+        <v>456.25</v>
+      </c>
+      <c r="L53" s="19"/>
+      <c r="M53" s="20">
+        <f t="shared" ref="M53:M57" si="3">I53+J53+K53+L53</f>
+        <v>1245.6300000000001</v>
       </c>
       <c r="N53" s="2"/>
       <c r="O53" s="2"/>
       <c r="P53" s="2"/>
       <c r="Q53" s="2"/>
     </row>
-    <row r="54" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:17" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A54" s="2"/>
-      <c r="B54" s="87" t="s">
-[...14 lines deleted...]
-        <v>11372.580000000002</v>
+      <c r="B54" s="58">
+        <v>2025008446</v>
+      </c>
+      <c r="C54" s="17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E54" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F54" s="45" t="s">
+        <v>73</v>
+      </c>
+      <c r="G54" s="17" t="s">
+        <v>59</v>
+      </c>
+      <c r="H54" s="17" t="s">
+        <v>60</v>
+      </c>
+      <c r="I54" s="54">
+        <v>378.63</v>
+      </c>
+      <c r="J54" s="54">
+        <v>435</v>
+      </c>
+      <c r="K54" s="54">
+        <v>6120.6</v>
+      </c>
+      <c r="L54" s="19"/>
+      <c r="M54" s="20">
+        <f t="shared" si="3"/>
+        <v>6934.2300000000005</v>
       </c>
       <c r="N54" s="2"/>
       <c r="O54" s="2"/>
       <c r="P54" s="2"/>
       <c r="Q54" s="2"/>
     </row>
     <row r="55" spans="1:17" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A55" s="2"/>
-      <c r="B55" s="122">
-[...2 lines deleted...]
-      <c r="C55" s="64" t="s">
+      <c r="B55" s="58">
+        <v>2025036121</v>
+      </c>
+      <c r="C55" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="D55" s="69" t="s">
-[...2 lines deleted...]
-      <c r="E55" s="70" t="s">
+      <c r="D55" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E55" s="18" t="s">
         <v>17</v>
       </c>
-      <c r="F55" s="71" t="s">
-[...18 lines deleted...]
-        <v>538.68000000000006</v>
+      <c r="F55" s="45" t="s">
+        <v>88</v>
+      </c>
+      <c r="G55" s="17" t="s">
+        <v>61</v>
+      </c>
+      <c r="H55" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="I55" s="54">
+        <v>26.67</v>
+      </c>
+      <c r="J55" s="54">
+        <v>281</v>
+      </c>
+      <c r="K55" s="54">
+        <v>408.65</v>
+      </c>
+      <c r="L55" s="19"/>
+      <c r="M55" s="20">
+        <f t="shared" si="3"/>
+        <v>716.31999999999994</v>
       </c>
       <c r="N55" s="2"/>
       <c r="O55" s="2"/>
       <c r="P55" s="2"/>
       <c r="Q55" s="2"/>
     </row>
-    <row r="56" spans="1:17" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:17" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A56" s="2"/>
-      <c r="B56" s="77">
-        <v>2025067198</v>
+      <c r="B56" s="58">
+        <v>2025066618</v>
       </c>
       <c r="C56" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="E56" s="18" t="s">
         <v>17</v>
       </c>
-      <c r="F56" s="46" t="s">
-        <v>106</v>
+      <c r="F56" s="45" t="s">
+        <v>102</v>
       </c>
       <c r="G56" s="17" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H56" s="17" t="s">
-        <v>105</v>
-[...8 lines deleted...]
-        <v>489.87</v>
+        <v>103</v>
+      </c>
+      <c r="I56" s="54">
+        <v>228.38</v>
+      </c>
+      <c r="J56" s="54">
+        <v>740</v>
+      </c>
+      <c r="K56" s="54">
+        <v>448.75</v>
       </c>
       <c r="L56" s="19"/>
       <c r="M56" s="20">
-        <f>I56+J56+K56+L56</f>
-        <v>1073.5500000000002</v>
+        <f t="shared" si="3"/>
+        <v>1417.13</v>
       </c>
       <c r="N56" s="2"/>
       <c r="O56" s="2"/>
       <c r="P56" s="2"/>
       <c r="Q56" s="2"/>
     </row>
-    <row r="57" spans="1:17" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:17" ht="39" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A57" s="2"/>
-      <c r="B57" s="77">
-[...2 lines deleted...]
-      <c r="C57" s="17" t="s">
+      <c r="B57" s="59">
+        <v>2025076669</v>
+      </c>
+      <c r="C57" s="21" t="s">
         <v>18</v>
       </c>
-      <c r="D57" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E57" s="18" t="s">
+      <c r="D57" s="63" t="s">
+        <v>90</v>
+      </c>
+      <c r="E57" s="22" t="s">
         <v>17</v>
       </c>
-      <c r="F57" s="46" t="s">
-[...20 lines deleted...]
-        <v>1012.53</v>
+      <c r="F57" s="23" t="s">
+        <v>116</v>
+      </c>
+      <c r="G57" s="21" t="s">
+        <v>114</v>
+      </c>
+      <c r="H57" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="I57" s="60">
+        <f>53.34+53.34</f>
+        <v>106.68</v>
+      </c>
+      <c r="J57" s="60">
+        <v>394</v>
+      </c>
+      <c r="K57" s="60">
+        <v>624.15</v>
+      </c>
+      <c r="L57" s="24"/>
+      <c r="M57" s="99">
+        <f t="shared" si="3"/>
+        <v>1124.83</v>
       </c>
       <c r="N57" s="2"/>
       <c r="O57" s="2"/>
       <c r="P57" s="2"/>
       <c r="Q57" s="2"/>
     </row>
-    <row r="58" spans="1:17" ht="39" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A58" s="2"/>
-      <c r="B58" s="123">
-[...30 lines deleted...]
-        <v>430.42</v>
+      <c r="B58" s="100" t="s">
+        <v>13</v>
+      </c>
+      <c r="C58" s="101"/>
+      <c r="D58" s="101"/>
+      <c r="E58" s="101"/>
+      <c r="F58" s="101"/>
+      <c r="G58" s="101"/>
+      <c r="H58" s="101"/>
+      <c r="I58" s="101"/>
+      <c r="J58" s="101"/>
+      <c r="K58" s="101"/>
+      <c r="L58" s="102"/>
+      <c r="M58" s="98">
+        <f>M52+M53+M54+M55+M56+M57</f>
+        <v>12497.410000000002</v>
       </c>
       <c r="N58" s="2"/>
       <c r="O58" s="2"/>
       <c r="P58" s="2"/>
       <c r="Q58" s="2"/>
     </row>
-    <row r="59" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:17" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A59" s="2"/>
-      <c r="B59" s="87" t="s">
-[...14 lines deleted...]
-        <v>3055.1800000000003</v>
+      <c r="B59" s="64">
+        <v>2025066034</v>
+      </c>
+      <c r="C59" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D59" s="9" t="s">
+        <v>94</v>
+      </c>
+      <c r="E59" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="F59" s="14" t="s">
+        <v>96</v>
+      </c>
+      <c r="G59" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="H59" s="12" t="s">
+        <v>95</v>
+      </c>
+      <c r="I59" s="65">
+        <v>106.68</v>
+      </c>
+      <c r="J59" s="65">
+        <v>432</v>
+      </c>
+      <c r="K59" s="107"/>
+      <c r="L59" s="15"/>
+      <c r="M59" s="16">
+        <f>I59+J59+K59+L59</f>
+        <v>538.68000000000006</v>
       </c>
       <c r="N59" s="2"/>
       <c r="O59" s="2"/>
       <c r="P59" s="2"/>
       <c r="Q59" s="2"/>
     </row>
-    <row r="60" spans="1:17" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="60" spans="1:17" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A60" s="2"/>
-      <c r="B60" s="38"/>
-[...1 lines deleted...]
-      <c r="D60" s="108" t="s">
+      <c r="B60" s="58">
+        <v>2025067198</v>
+      </c>
+      <c r="C60" s="17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E60" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F60" s="45" t="s">
+        <v>106</v>
+      </c>
+      <c r="G60" s="17" t="s">
+        <v>104</v>
+      </c>
+      <c r="H60" s="17" t="s">
+        <v>105</v>
+      </c>
+      <c r="I60" s="54">
+        <v>106.68</v>
+      </c>
+      <c r="J60" s="54">
+        <v>477</v>
+      </c>
+      <c r="K60" s="66">
+        <v>489.87</v>
+      </c>
+      <c r="L60" s="19"/>
+      <c r="M60" s="20">
+        <f>I60+J60+K60+L60</f>
+        <v>1073.5500000000002</v>
+      </c>
+      <c r="N60" s="2"/>
+      <c r="O60" s="2"/>
+      <c r="P60" s="2"/>
+      <c r="Q60" s="2"/>
+    </row>
+    <row r="61" spans="1:17" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A61" s="2"/>
+      <c r="B61" s="58">
+        <v>2025067198</v>
+      </c>
+      <c r="C61" s="17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D61" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E61" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F61" s="45" t="s">
+        <v>107</v>
+      </c>
+      <c r="G61" s="17" t="s">
+        <v>108</v>
+      </c>
+      <c r="H61" s="17" t="s">
+        <v>69</v>
+      </c>
+      <c r="I61" s="54">
+        <v>228.38</v>
+      </c>
+      <c r="J61" s="54">
+        <v>465</v>
+      </c>
+      <c r="K61" s="66">
+        <v>319.14999999999998</v>
+      </c>
+      <c r="L61" s="19"/>
+      <c r="M61" s="20">
+        <f>I61+J61+K61+L61</f>
+        <v>1012.53</v>
+      </c>
+      <c r="N61" s="2"/>
+      <c r="O61" s="2"/>
+      <c r="P61" s="2"/>
+      <c r="Q61" s="2"/>
+    </row>
+    <row r="62" spans="1:17" ht="39" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="2"/>
+      <c r="B62" s="59">
+        <v>2025076344</v>
+      </c>
+      <c r="C62" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D62" s="63" t="s">
+        <v>94</v>
+      </c>
+      <c r="E62" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="F62" s="23" t="s">
+        <v>111</v>
+      </c>
+      <c r="G62" s="21" t="s">
+        <v>112</v>
+      </c>
+      <c r="H62" s="21" t="s">
+        <v>16</v>
+      </c>
+      <c r="I62" s="60">
+        <v>26.67</v>
+      </c>
+      <c r="J62" s="60"/>
+      <c r="K62" s="108">
+        <v>403.75</v>
+      </c>
+      <c r="L62" s="24"/>
+      <c r="M62" s="99">
+        <f>I62+J62+K62+L62</f>
+        <v>430.42</v>
+      </c>
+      <c r="N62" s="2"/>
+      <c r="O62" s="2"/>
+      <c r="P62" s="2"/>
+      <c r="Q62" s="2"/>
+    </row>
+    <row r="63" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="2"/>
+      <c r="B63" s="94" t="s">
+        <v>13</v>
+      </c>
+      <c r="C63" s="95"/>
+      <c r="D63" s="95"/>
+      <c r="E63" s="95"/>
+      <c r="F63" s="95"/>
+      <c r="G63" s="95"/>
+      <c r="H63" s="95"/>
+      <c r="I63" s="95"/>
+      <c r="J63" s="95"/>
+      <c r="K63" s="95"/>
+      <c r="L63" s="96"/>
+      <c r="M63" s="97">
+        <f>SUM(M59:M62)</f>
+        <v>3055.1800000000003</v>
+      </c>
+      <c r="N63" s="2"/>
+      <c r="O63" s="2"/>
+      <c r="P63" s="2"/>
+      <c r="Q63" s="2"/>
+    </row>
+    <row r="64" spans="1:17" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="2"/>
+      <c r="B64" s="37"/>
+      <c r="C64" s="38"/>
+      <c r="D64" s="67" t="s">
         <v>43</v>
       </c>
-      <c r="E60" s="109"/>
-[...26 lines deleted...]
-      <c r="B62" s="80" t="s">
+      <c r="E64" s="68"/>
+      <c r="F64" s="68"/>
+      <c r="G64" s="68"/>
+      <c r="H64" s="68"/>
+      <c r="I64" s="68"/>
+      <c r="J64" s="68"/>
+      <c r="K64" s="68"/>
+      <c r="L64" s="69"/>
+      <c r="M64" s="39">
+        <f>M12+M24+M27+M31+M33+M49+M58+M51+M63</f>
+        <v>55032.560000000005</v>
+      </c>
+    </row>
+    <row r="65" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="C65" s="40"/>
+      <c r="D65" s="41"/>
+      <c r="E65" s="40"/>
+      <c r="F65" s="40"/>
+      <c r="G65" s="40"/>
+      <c r="H65" s="40"/>
+      <c r="I65" s="40"/>
+      <c r="J65" s="40"/>
+      <c r="K65" s="40"/>
+      <c r="L65" s="40"/>
+      <c r="M65" s="42"/>
+    </row>
+    <row r="66" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="B66" s="61" t="s">
         <v>113</v>
       </c>
-      <c r="C62" s="41"/>
-[...87 lines deleted...]
-      <c r="H75" s="4" t="s">
+      <c r="C66" s="40"/>
+      <c r="D66" s="41"/>
+      <c r="E66" s="40"/>
+      <c r="F66" s="40"/>
+      <c r="G66" s="43"/>
+      <c r="H66" s="40"/>
+      <c r="I66" s="40"/>
+      <c r="J66" s="40"/>
+      <c r="K66" s="40"/>
+      <c r="L66" s="40"/>
+      <c r="M66" s="42"/>
+    </row>
+    <row r="67" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="C67" s="40"/>
+      <c r="D67" s="41"/>
+      <c r="E67" s="40"/>
+      <c r="F67" s="40"/>
+      <c r="G67" s="43"/>
+      <c r="H67" s="40"/>
+      <c r="I67" s="40"/>
+      <c r="J67" s="40"/>
+      <c r="K67" s="40"/>
+      <c r="L67" s="40"/>
+      <c r="M67" s="42"/>
+    </row>
+    <row r="68" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="C68" s="40"/>
+      <c r="D68" s="41"/>
+      <c r="E68" s="40"/>
+      <c r="F68" s="40"/>
+      <c r="G68" s="43"/>
+      <c r="H68" s="40"/>
+      <c r="I68" s="40"/>
+      <c r="J68" s="40"/>
+      <c r="K68" s="40"/>
+      <c r="L68" s="40"/>
+      <c r="M68" s="42"/>
+    </row>
+    <row r="69" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="C69" s="40"/>
+      <c r="D69" s="41"/>
+      <c r="E69" s="40"/>
+      <c r="F69" s="40"/>
+      <c r="G69" s="43"/>
+      <c r="H69" s="40"/>
+      <c r="I69" s="40"/>
+      <c r="J69" s="40"/>
+      <c r="K69" s="40"/>
+      <c r="L69" s="40"/>
+      <c r="M69" s="42"/>
+    </row>
+    <row r="70" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="L70" s="40"/>
+      <c r="M70" s="42"/>
+    </row>
+    <row r="71" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="L71" s="40"/>
+      <c r="M71" s="42"/>
+    </row>
+    <row r="72" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="L72" s="40"/>
+      <c r="M72" s="42"/>
+    </row>
+    <row r="73" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="L73" s="40"/>
+      <c r="M73" s="42"/>
+    </row>
+    <row r="74" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="L74" s="40"/>
+      <c r="M74" s="42"/>
+    </row>
+    <row r="75" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="L75" s="40"/>
+      <c r="M75" s="42"/>
+    </row>
+    <row r="76" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="L76" s="40"/>
+      <c r="M76" s="42"/>
+    </row>
+    <row r="77" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="L77" s="40"/>
+      <c r="M77" s="42"/>
+    </row>
+    <row r="78" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="L78" s="40"/>
+      <c r="M78" s="42"/>
+    </row>
+    <row r="79" spans="2:13" x14ac:dyDescent="0.25">
+      <c r="H79" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="L75" s="41"/>
-[...14 lines deleted...]
-    <row r="80" spans="3:13" x14ac:dyDescent="0.25">
+      <c r="L79" s="40"/>
+      <c r="M79" s="42"/>
+    </row>
+    <row r="80" spans="2:13" x14ac:dyDescent="0.25">
       <c r="M80" s="6"/>
+    </row>
+    <row r="81" spans="13:13" x14ac:dyDescent="0.25">
+      <c r="M81" s="6"/>
+    </row>
+    <row r="82" spans="13:13" x14ac:dyDescent="0.25">
+      <c r="M82" s="6"/>
+    </row>
+    <row r="83" spans="13:13" x14ac:dyDescent="0.25">
+      <c r="M83" s="6"/>
+    </row>
+    <row r="84" spans="13:13" x14ac:dyDescent="0.25">
+      <c r="M84" s="6"/>
     </row>
   </sheetData>
   <mergeCells count="24">
-    <mergeCell ref="D60:L60"/>
-    <mergeCell ref="B46:L46"/>
+    <mergeCell ref="B12:L12"/>
     <mergeCell ref="B31:L31"/>
-    <mergeCell ref="B26:L26"/>
-    <mergeCell ref="B48:L48"/>
+    <mergeCell ref="B24:L24"/>
+    <mergeCell ref="B8:B9"/>
+    <mergeCell ref="B58:L58"/>
     <mergeCell ref="C1:D1"/>
     <mergeCell ref="E1:H3"/>
     <mergeCell ref="C8:C9"/>
     <mergeCell ref="D8:D9"/>
     <mergeCell ref="E8:E9"/>
     <mergeCell ref="F8:F9"/>
     <mergeCell ref="G8:G9"/>
     <mergeCell ref="H8:H9"/>
     <mergeCell ref="B7:M7"/>
     <mergeCell ref="L8:L9"/>
     <mergeCell ref="M8:M9"/>
     <mergeCell ref="I8:J8"/>
     <mergeCell ref="K8:K9"/>
-    <mergeCell ref="B59:L59"/>
-[...4 lines deleted...]
-    <mergeCell ref="B54:L54"/>
+    <mergeCell ref="D64:L64"/>
+    <mergeCell ref="B49:L49"/>
+    <mergeCell ref="B33:L33"/>
+    <mergeCell ref="B27:L27"/>
+    <mergeCell ref="B51:L51"/>
+    <mergeCell ref="B63:L63"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="59" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <ignoredErrors>
-    <ignoredError sqref="M31 M48 M54" formula="1"/>
+    <ignoredError sqref="M33 M51 M58" formula="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Modelo Oficial 2025</vt:lpstr>
     </vt:vector>